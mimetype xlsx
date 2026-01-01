--- v0 (2025-11-07)
+++ v1 (2026-01-01)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14009</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>