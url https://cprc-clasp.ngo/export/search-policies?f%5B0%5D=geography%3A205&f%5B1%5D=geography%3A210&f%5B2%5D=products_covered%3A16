--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -149,51 +149,51 @@
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
@@ -420,50 +420,53 @@
     <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
     <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
 i. Broadband Modems (Cable, DSL);
 ii. Optical Network Termination Device (ONT);
 iii. Integrated Access Device (IAD);
 iv. Router;
 v. Switch; or
 vi. Access Point.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
     <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
   </si>
   <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
@@ -1641,274 +1644,274 @@
       </c>
       <c r="P15" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>125</v>
       </c>
       <c r="B16" t="s">
         <v>126</v>
       </c>
       <c r="C16" t="s">
         <v>84</v>
       </c>
       <c r="D16" t="s">
         <v>109</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
       <c r="F16" t="s">
         <v>62</v>
       </c>
       <c r="G16" t="s">
-        <v>45</v>
+        <v>127</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>71</v>
       </c>
       <c r="K16" t="s">
         <v>47</v>
       </c>
       <c r="L16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M16" t="s">
         <v>64</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C17" t="s">
         <v>84</v>
       </c>
       <c r="D17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E17" t="s">
         <v>33</v>
       </c>
       <c r="F17" t="s">
         <v>62</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2004</v>
       </c>
       <c r="I17">
         <v>2014</v>
       </c>
       <c r="J17" t="s">
         <v>71</v>
       </c>
       <c r="K17" t="s">
         <v>47</v>
       </c>
       <c r="L17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M17" t="s">
         <v>64</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
         <v>84</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18" t="s">
         <v>62</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1998</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
         <v>71</v>
       </c>
       <c r="K18" t="s">
         <v>47</v>
       </c>
       <c r="L18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M18" t="s">
         <v>64</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C19" t="s">
         <v>84</v>
       </c>
       <c r="D19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E19" t="s">
         <v>33</v>
       </c>
       <c r="F19" t="s">
         <v>62</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
         <v>71</v>
       </c>
       <c r="K19" t="s">
         <v>47</v>
       </c>
       <c r="L19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M19" t="s">
         <v>64</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E20" t="s">
         <v>33</v>
       </c>
       <c r="F20" t="s">
         <v>62</v>
       </c>
       <c r="G20" t="s">
-        <v>45</v>
+        <v>127</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>71</v>
       </c>
       <c r="K20" t="s">
         <v>47</v>
       </c>
       <c r="L20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M20" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">