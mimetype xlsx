--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -122,51 +122,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
     <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
   </si>
   <si>
     <t>United States of America*, Canada</t>
   </si>
@@ -237,50 +237,53 @@
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
     <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
 i. TVs
 ii. Hospitality TV/HTDs
 iii. Home Theater Displays</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
   </si>
   <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
     <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
   </si>
   <si>
     <t>Game Consoles</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -988,76 +991,76 @@
       </c>
       <c r="P7" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>71</v>
       </c>
       <c r="B8" t="s">
         <v>72</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>73</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>46</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>55</v>
       </c>
       <c r="K8" t="s">
         <v>38</v>
       </c>
       <c r="L8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">