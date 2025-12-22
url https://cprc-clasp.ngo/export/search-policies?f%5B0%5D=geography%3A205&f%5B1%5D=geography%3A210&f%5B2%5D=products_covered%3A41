--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -122,51 +122,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
     <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
 i. TVs
 ii. Hospitality TV/HTDs
 iii. Home Theater Displays</t>
   </si>