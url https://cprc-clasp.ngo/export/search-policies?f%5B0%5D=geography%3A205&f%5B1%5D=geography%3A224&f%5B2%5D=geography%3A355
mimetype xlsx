--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -5049,51 +5049,51 @@
       </c>
       <c r="P59" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>390</v>
       </c>
       <c r="B60" t="s">
         <v>391</v>
       </c>
       <c r="C60" t="s">
         <v>69</v>
       </c>
       <c r="D60" t="s">
         <v>392</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>84</v>
       </c>
       <c r="G60" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H60">
         <v>2021</v>
       </c>
       <c r="I60">
         <v>2024</v>
       </c>
       <c r="J60" t="s">
         <v>393</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60" t="s">
         <v>394</v>
       </c>
       <c r="M60" t="s">
         <v>72</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>395</v>
       </c>