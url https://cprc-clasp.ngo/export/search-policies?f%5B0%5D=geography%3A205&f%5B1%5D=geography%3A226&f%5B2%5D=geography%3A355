--- v0 (2025-11-10)
+++ v1 (2025-12-31)
@@ -5341,51 +5341,51 @@
       </c>
       <c r="P64" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>426</v>
       </c>
       <c r="B65" t="s">
         <v>427</v>
       </c>
       <c r="C65" t="s">
         <v>69</v>
       </c>
       <c r="D65" t="s">
         <v>428</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>113</v>
       </c>
       <c r="G65" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H65">
         <v>2021</v>
       </c>
       <c r="I65">
         <v>2024</v>
       </c>
       <c r="J65" t="s">
         <v>429</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
         <v>430</v>
       </c>
       <c r="M65" t="s">
         <v>72</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>431</v>
       </c>