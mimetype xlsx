--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -6457,51 +6457,51 @@
       </c>
       <c r="P82" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
         <v>503</v>
       </c>
       <c r="B83" t="s">
         <v>504</v>
       </c>
       <c r="C83" t="s">
         <v>69</v>
       </c>
       <c r="D83" t="s">
         <v>505</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>506</v>
       </c>
       <c r="G83" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H83">
         <v>2021</v>
       </c>
       <c r="I83">
         <v>2024</v>
       </c>
       <c r="J83" t="s">
         <v>507</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
         <v>508</v>
       </c>
       <c r="M83" t="s">
         <v>72</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
         <v>509</v>
       </c>