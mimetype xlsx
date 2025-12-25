--- v0 (2025-11-10)
+++ v1 (2025-12-25)
@@ -5206,51 +5206,51 @@
       </c>
       <c r="P62" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>403</v>
       </c>
       <c r="B63" t="s">
         <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>69</v>
       </c>
       <c r="D63" t="s">
         <v>405</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>406</v>
       </c>
       <c r="G63" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H63">
         <v>2021</v>
       </c>
       <c r="I63">
         <v>2024</v>
       </c>
       <c r="J63" t="s">
         <v>407</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
         <v>408</v>
       </c>
       <c r="M63" t="s">
         <v>72</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>409</v>
       </c>