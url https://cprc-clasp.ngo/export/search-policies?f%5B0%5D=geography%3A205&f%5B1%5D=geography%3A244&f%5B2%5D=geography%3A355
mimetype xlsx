--- v0 (2025-11-08)
+++ v1 (2025-12-28)
@@ -5760,51 +5760,51 @@
       </c>
       <c r="P71" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>451</v>
       </c>
       <c r="B72" t="s">
         <v>452</v>
       </c>
       <c r="C72" t="s">
         <v>69</v>
       </c>
       <c r="D72" t="s">
         <v>453</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>454</v>
       </c>
       <c r="G72" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72">
         <v>2024</v>
       </c>
       <c r="J72" t="s">
         <v>455</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72" t="s">
         <v>456</v>
       </c>
       <c r="M72" t="s">
         <v>72</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>457</v>
       </c>