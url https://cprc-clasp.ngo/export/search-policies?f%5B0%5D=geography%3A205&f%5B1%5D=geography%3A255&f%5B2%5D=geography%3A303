--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1066">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1068">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3067,50 +3067,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
@@ -3234,50 +3237,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -3766,51 +3772,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -11800,1150 +11806,1150 @@
       </c>
       <c r="P165" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
         <v>951</v>
       </c>
       <c r="B166" t="s">
         <v>952</v>
       </c>
       <c r="C166" t="s">
         <v>76</v>
       </c>
       <c r="D166" t="s">
         <v>641</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>21</v>
       </c>
       <c r="G166" t="s">
-        <v>895</v>
+        <v>953</v>
       </c>
       <c r="H166">
         <v>2004</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="M166" t="s">
         <v>939</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="P166" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B167" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C167" t="s">
         <v>76</v>
       </c>
       <c r="D167" t="s">
         <v>641</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>2004</v>
       </c>
       <c r="I167">
         <v>2021</v>
       </c>
       <c r="J167" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="K167" t="s">
         <v>34</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
         <v>939</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="P167" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B168" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C168" t="s">
         <v>76</v>
       </c>
       <c r="D168" t="s">
         <v>463</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>21</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>1978</v>
       </c>
       <c r="I168">
         <v>2017</v>
       </c>
       <c r="J168" t="s">
         <v>86</v>
       </c>
       <c r="K168" t="s">
         <v>34</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
         <v>939</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="P168" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="B169" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="C169" t="s">
         <v>76</v>
       </c>
       <c r="D169" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="E169" t="s">
         <v>51</v>
       </c>
       <c r="F169" t="s">
         <v>21</v>
       </c>
       <c r="G169" t="s">
         <v>61</v>
       </c>
       <c r="H169">
         <v>2013</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
         <v>471</v>
       </c>
       <c r="K169" t="s">
         <v>34</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
         <v>939</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="P169" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="B170" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C170" t="s">
         <v>76</v>
       </c>
       <c r="D170" t="s">
         <v>558</v>
       </c>
       <c r="E170" t="s">
         <v>51</v>
       </c>
       <c r="F170" t="s">
         <v>21</v>
       </c>
       <c r="G170" t="s">
         <v>61</v>
       </c>
       <c r="H170">
         <v>2014</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
         <v>471</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
         <v>939</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="P170" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="B171" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C171" t="s">
         <v>76</v>
       </c>
       <c r="D171" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="E171" t="s">
         <v>51</v>
       </c>
       <c r="F171" t="s">
         <v>21</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>2007</v>
       </c>
       <c r="I171">
         <v>2014</v>
       </c>
       <c r="J171" t="s">
         <v>471</v>
       </c>
       <c r="K171" t="s">
         <v>34</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
         <v>939</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="P171" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="B172" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C172" t="s">
         <v>76</v>
       </c>
       <c r="D172" t="s">
         <v>558</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" t="s">
         <v>61</v>
       </c>
       <c r="H172">
         <v>2017</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
         <v>471</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
         <v>939</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="P172" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="B173" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C173" t="s">
         <v>76</v>
       </c>
       <c r="D173" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="E173" t="s">
         <v>51</v>
       </c>
       <c r="F173" t="s">
         <v>21</v>
       </c>
       <c r="G173" t="s">
         <v>61</v>
       </c>
       <c r="H173">
         <v>2012</v>
       </c>
       <c r="I173"/>
       <c r="J173" t="s">
         <v>471</v>
       </c>
       <c r="K173" t="s">
         <v>34</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
         <v>939</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="P173" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="B174" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C174" t="s">
         <v>76</v>
       </c>
       <c r="D174" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="E174" t="s">
         <v>51</v>
       </c>
       <c r="F174" t="s">
         <v>21</v>
       </c>
       <c r="G174" t="s">
         <v>61</v>
       </c>
       <c r="H174">
         <v>2013</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
         <v>86</v>
       </c>
       <c r="K174" t="s">
         <v>34</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
         <v>939</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="P174" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B175" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="C175" t="s">
         <v>76</v>
       </c>
       <c r="D175" t="s">
         <v>668</v>
       </c>
       <c r="E175" t="s">
         <v>51</v>
       </c>
       <c r="F175" t="s">
         <v>21</v>
       </c>
       <c r="G175" t="s">
         <v>61</v>
       </c>
       <c r="H175">
         <v>2013</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
         <v>471</v>
       </c>
       <c r="K175" t="s">
         <v>34</v>
       </c>
       <c r="L175"/>
       <c r="M175" t="s">
         <v>939</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="P175" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="B176" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C176" t="s">
         <v>76</v>
       </c>
       <c r="D176" t="s">
         <v>572</v>
       </c>
       <c r="E176" t="s">
         <v>51</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176" t="s">
         <v>61</v>
       </c>
       <c r="H176">
         <v>2013</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
         <v>471</v>
       </c>
       <c r="K176" t="s">
         <v>34</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
         <v>939</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="P176" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B177" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C177" t="s">
         <v>76</v>
       </c>
       <c r="D177" t="s">
         <v>610</v>
       </c>
       <c r="E177" t="s">
         <v>51</v>
       </c>
       <c r="F177" t="s">
         <v>21</v>
       </c>
       <c r="G177" t="s">
         <v>61</v>
       </c>
       <c r="H177">
         <v>2013</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
         <v>471</v>
       </c>
       <c r="K177" t="s">
         <v>34</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
         <v>939</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="P177" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="B178" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="C178" t="s">
         <v>76</v>
       </c>
       <c r="D178" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="E178" t="s">
         <v>51</v>
       </c>
       <c r="F178" t="s">
         <v>21</v>
       </c>
       <c r="G178" t="s">
-        <v>61</v>
+        <v>1010</v>
       </c>
       <c r="H178">
         <v>2014</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="K178" t="s">
         <v>34</v>
       </c>
       <c r="L178"/>
       <c r="M178" t="s">
         <v>939</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="P178" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B179" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="C179" t="s">
         <v>76</v>
       </c>
       <c r="D179" t="s">
         <v>97</v>
       </c>
       <c r="E179" t="s">
         <v>51</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179">
         <v>2014</v>
       </c>
       <c r="I179">
         <v>2024</v>
       </c>
       <c r="J179" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="K179" t="s">
         <v>34</v>
       </c>
       <c r="L179"/>
       <c r="M179" t="s">
         <v>939</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="P179" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="B180" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="C180" t="s">
         <v>76</v>
       </c>
       <c r="D180" t="s">
         <v>636</v>
       </c>
       <c r="E180" t="s">
         <v>51</v>
       </c>
       <c r="F180" t="s">
         <v>21</v>
       </c>
       <c r="G180" t="s">
         <v>61</v>
       </c>
       <c r="H180">
         <v>2014</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
         <v>471</v>
       </c>
       <c r="K180" t="s">
         <v>34</v>
       </c>
       <c r="L180"/>
       <c r="M180" t="s">
         <v>939</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="P180" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="B181" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="C181" t="s">
         <v>76</v>
       </c>
       <c r="D181" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="E181" t="s">
         <v>51</v>
       </c>
       <c r="F181" t="s">
         <v>21</v>
       </c>
       <c r="G181" t="s">
         <v>61</v>
       </c>
       <c r="H181">
         <v>2016</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
         <v>471</v>
       </c>
       <c r="K181" t="s">
         <v>34</v>
       </c>
       <c r="L181"/>
       <c r="M181" t="s">
         <v>939</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="P181" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B182" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="C182" t="s">
         <v>76</v>
       </c>
       <c r="D182" t="s">
         <v>627</v>
       </c>
       <c r="E182" t="s">
         <v>51</v>
       </c>
       <c r="F182" t="s">
         <v>21</v>
       </c>
       <c r="G182" t="s">
         <v>61</v>
       </c>
       <c r="H182">
         <v>2016</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
         <v>471</v>
       </c>
       <c r="K182" t="s">
         <v>34</v>
       </c>
       <c r="L182"/>
       <c r="M182" t="s">
         <v>939</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="P182" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="B183" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="C183" t="s">
         <v>76</v>
       </c>
       <c r="D183" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="E183" t="s">
         <v>51</v>
       </c>
       <c r="F183" t="s">
         <v>21</v>
       </c>
       <c r="G183" t="s">
         <v>61</v>
       </c>
       <c r="H183">
         <v>2016</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
         <v>471</v>
       </c>
       <c r="K183" t="s">
         <v>34</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
         <v>939</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="P183" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="B184" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="C184" t="s">
         <v>76</v>
       </c>
       <c r="D184" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="E184" t="s">
         <v>616</v>
       </c>
       <c r="F184" t="s">
         <v>21</v>
       </c>
       <c r="G184" t="s">
         <v>70</v>
       </c>
       <c r="H184"/>
       <c r="I184"/>
       <c r="J184" t="s">
         <v>86</v>
       </c>
       <c r="K184" t="s">
         <v>34</v>
       </c>
       <c r="L184"/>
       <c r="M184" t="s">
         <v>948</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="P184" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="B185" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C185" t="s">
         <v>76</v>
       </c>
       <c r="D185" t="s">
         <v>478</v>
       </c>
       <c r="E185" t="s">
         <v>51</v>
       </c>
       <c r="F185" t="s">
         <v>21</v>
       </c>
       <c r="G185" t="s">
         <v>61</v>
       </c>
       <c r="H185">
         <v>2007</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
         <v>471</v>
       </c>
       <c r="K185" t="s">
         <v>34</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
         <v>939</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="P185" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="B186" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C186" t="s">
         <v>18</v>
       </c>
       <c r="D186" t="s">
         <v>766</v>
       </c>
       <c r="E186" t="s">
         <v>51</v>
       </c>
       <c r="F186" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="G186" t="s">
         <v>61</v>
       </c>
       <c r="H186">
         <v>2007</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="K186" t="s">
         <v>440</v>
       </c>
       <c r="L186" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="M186" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="N186" t="s">
         <v>442</v>
       </c>
       <c r="O186" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="P186" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="B187" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="C187" t="s">
         <v>18</v>
       </c>
       <c r="D187" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="E187" t="s">
         <v>51</v>
       </c>
       <c r="F187" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="G187" t="s">
         <v>61</v>
       </c>
       <c r="H187">
         <v>2009</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="K187" t="s">
         <v>440</v>
       </c>
       <c r="L187" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="M187" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="N187" t="s">
         <v>442</v>
       </c>
       <c r="O187" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="P187" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="B188" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C188" t="s">
         <v>18</v>
       </c>
       <c r="D188" t="s">
         <v>447</v>
       </c>
       <c r="E188" t="s">
         <v>51</v>
       </c>
       <c r="F188" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="G188" t="s">
         <v>22</v>
       </c>
       <c r="H188">
         <v>2018</v>
       </c>
       <c r="I188">
         <v>2018</v>
       </c>
       <c r="J188" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="K188" t="s">
         <v>440</v>
       </c>
       <c r="L188" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="M188" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="N188" t="s">
         <v>442</v>
       </c>
       <c r="O188" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="P188" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="B189" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C189" t="s">
         <v>18</v>
       </c>
       <c r="D189" t="s">
         <v>438</v>
       </c>
       <c r="E189" t="s">
         <v>51</v>
       </c>
       <c r="F189" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="G189" t="s">
         <v>61</v>
       </c>
       <c r="H189">
         <v>2014</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="K189" t="s">
         <v>440</v>
       </c>
       <c r="L189" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="M189" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="N189" t="s">
         <v>442</v>
       </c>
       <c r="O189" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="P189" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">