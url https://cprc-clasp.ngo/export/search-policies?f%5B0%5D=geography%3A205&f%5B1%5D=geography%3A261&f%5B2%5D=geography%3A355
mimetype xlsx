--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -7652,51 +7652,51 @@
       </c>
       <c r="P102" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
         <v>579</v>
       </c>
       <c r="B103" t="s">
         <v>580</v>
       </c>
       <c r="C103" t="s">
         <v>253</v>
       </c>
       <c r="D103" t="s">
         <v>581</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>582</v>
       </c>
       <c r="G103" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H103">
         <v>2021</v>
       </c>
       <c r="I103">
         <v>2024</v>
       </c>
       <c r="J103" t="s">
         <v>583</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103" t="s">
         <v>584</v>
       </c>
       <c r="M103" t="s">
         <v>256</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
         <v>585</v>
       </c>