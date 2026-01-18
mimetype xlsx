--- v0 (2025-11-04)
+++ v1 (2026-01-18)
@@ -12,1022 +12,1489 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="311">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="448">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Laboratory Grade Refrigerators and Freezers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions Laboratory Grade Refrigerator; Laboratory Grade Freezer; and Ultra-Low-Temperature Laboratory Grade Freezer are eligible for ENERGY STAR certification under this standard. This may include refrigerators and freezers that operate without a compressor. Products that are covered under other ENERGY STAR product specifications are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>Lab Grade Refrigerators and Freezers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Laboratory Grade Refrigerators, Freezers, and Ultra-Low Temperature Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/laboratory_grade_refrigerators_and_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1291,3111 +1758,3528 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N69"/>
+  <dimension ref="A1:P69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2011</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1995</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>95</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1997</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>74</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" t="s">
+        <v>95</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1995</v>
+      </c>
+      <c r="I14">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...25 lines deleted...]
-      <c r="C4" t="s">
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>88</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>42</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1979</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>74</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>88</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>74</v>
+      </c>
+      <c r="K16" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...11 lines deleted...]
-      <c r="H4">
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>88</v>
+      </c>
+      <c r="N16" t="s">
+        <v>36</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>130</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J17" t="s">
+        <v>74</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>88</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>58</v>
+      </c>
+      <c r="D18" t="s">
+        <v>135</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>136</v>
+      </c>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
         <v>36</v>
       </c>
-      <c r="J4" t="s">
-[...37 lines deleted...]
-      <c r="H5">
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>58</v>
+      </c>
+      <c r="D19" t="s">
+        <v>100</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...37 lines deleted...]
-      <c r="G6">
+      <c r="J19" t="s">
+        <v>142</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>88</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" t="s">
+        <v>86</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2009</v>
       </c>
-      <c r="H6">
-[...64 lines deleted...]
-      <c r="A8" t="s">
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>74</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>88</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
         <v>58</v>
       </c>
-      <c r="B8" t="s">
-[...17 lines deleted...]
-      <c r="H8">
+      <c r="D21" t="s">
+        <v>106</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>74</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>151</v>
+      </c>
+      <c r="M21" t="s">
+        <v>88</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" t="s">
+        <v>156</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>74</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>94</v>
+      </c>
+      <c r="M22" t="s">
+        <v>157</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" t="s">
+        <v>162</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>74</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>88</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" t="s">
+        <v>167</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2013</v>
       </c>
-      <c r="I8" t="s">
-[...44 lines deleted...]
-      <c r="J9" t="s">
+      <c r="I24">
+        <v>2023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>74</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>88</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>168</v>
+      </c>
+      <c r="P24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>170</v>
+      </c>
+      <c r="B25" t="s">
+        <v>171</v>
+      </c>
+      <c r="C25" t="s">
+        <v>58</v>
+      </c>
+      <c r="D25" t="s">
+        <v>172</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...212 lines deleted...]
-      <c r="J14" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25">
+        <v>2024</v>
+      </c>
+      <c r="J25" t="s">
+        <v>173</v>
+      </c>
+      <c r="K25" t="s">
+        <v>174</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>88</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>175</v>
+      </c>
+      <c r="P25" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>177</v>
+      </c>
+      <c r="B26" t="s">
+        <v>178</v>
+      </c>
+      <c r="C26" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" t="s">
+        <v>179</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...500 lines deleted...]
-        <v>2024</v>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2024</v>
       </c>
-      <c r="I26" t="s">
-        <v>130</v>
+      <c r="I26">
+        <v>2024</v>
       </c>
       <c r="J26" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
       <c r="N26" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O26" t="s">
+        <v>181</v>
+      </c>
+      <c r="P26" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>132</v>
+        <v>183</v>
       </c>
       <c r="B27" t="s">
-        <v>48</v>
+        <v>184</v>
       </c>
       <c r="C27" t="s">
-        <v>133</v>
+        <v>58</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>185</v>
       </c>
       <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1992</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>186</v>
+      </c>
+      <c r="K27" t="s">
+        <v>53</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>88</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>187</v>
+      </c>
+      <c r="P27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>189</v>
+      </c>
+      <c r="B28" t="s">
+        <v>190</v>
+      </c>
+      <c r="C28" t="s">
+        <v>191</v>
+      </c>
+      <c r="D28" t="s">
+        <v>192</v>
+      </c>
+      <c r="E28" t="s">
+        <v>51</v>
+      </c>
+      <c r="F28" t="s">
+        <v>60</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>193</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>194</v>
+      </c>
+      <c r="M28" t="s">
+        <v>195</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>196</v>
+      </c>
+      <c r="P28" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>198</v>
+      </c>
+      <c r="B29" t="s">
+        <v>199</v>
+      </c>
+      <c r="C29" t="s">
+        <v>191</v>
+      </c>
+      <c r="D29" t="s">
+        <v>111</v>
+      </c>
+      <c r="E29" t="s">
+        <v>51</v>
+      </c>
+      <c r="F29" t="s">
+        <v>60</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
+        <v>193</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>200</v>
+      </c>
+      <c r="M29" t="s">
+        <v>195</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>201</v>
+      </c>
+      <c r="P29" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>203</v>
+      </c>
+      <c r="B30" t="s">
+        <v>204</v>
+      </c>
+      <c r="C30" t="s">
+        <v>191</v>
+      </c>
+      <c r="D30" t="s">
+        <v>93</v>
+      </c>
+      <c r="E30" t="s">
+        <v>51</v>
+      </c>
+      <c r="F30" t="s">
+        <v>60</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1997</v>
+      </c>
+      <c r="I30">
+        <v>2018</v>
+      </c>
+      <c r="J30" t="s">
+        <v>193</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>205</v>
+      </c>
+      <c r="M30" t="s">
+        <v>195</v>
+      </c>
+      <c r="N30" t="s">
+        <v>95</v>
+      </c>
+      <c r="O30" t="s">
+        <v>206</v>
+      </c>
+      <c r="P30" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>208</v>
+      </c>
+      <c r="B31" t="s">
+        <v>209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>191</v>
+      </c>
+      <c r="D31" t="s">
+        <v>210</v>
+      </c>
+      <c r="E31" t="s">
+        <v>51</v>
+      </c>
+      <c r="F31" t="s">
+        <v>60</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31">
+        <v>2018</v>
+      </c>
+      <c r="J31" t="s">
+        <v>193</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>211</v>
+      </c>
+      <c r="M31" t="s">
+        <v>195</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>212</v>
+      </c>
+      <c r="P31" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>214</v>
+      </c>
+      <c r="B32" t="s">
+        <v>215</v>
+      </c>
+      <c r="C32" t="s">
         <v>18</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27">
+      <c r="D32" t="s">
+        <v>106</v>
+      </c>
+      <c r="E32" t="s">
+        <v>51</v>
+      </c>
+      <c r="F32" t="s">
+        <v>60</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2007</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>216</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>217</v>
+      </c>
+      <c r="M32" t="s">
+        <v>195</v>
+      </c>
+      <c r="N32" t="s">
+        <v>95</v>
+      </c>
+      <c r="O32" t="s">
+        <v>218</v>
+      </c>
+      <c r="P32" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>220</v>
+      </c>
+      <c r="B33" t="s">
+        <v>221</v>
+      </c>
+      <c r="C33" t="s">
+        <v>222</v>
+      </c>
+      <c r="D33" t="s">
+        <v>223</v>
+      </c>
+      <c r="E33" t="s">
+        <v>51</v>
+      </c>
+      <c r="F33" t="s">
+        <v>60</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
+        <v>2016</v>
+      </c>
+      <c r="J33" t="s">
+        <v>216</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>224</v>
+      </c>
+      <c r="M33" t="s">
+        <v>195</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>225</v>
+      </c>
+      <c r="P33" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>227</v>
+      </c>
+      <c r="B34" t="s">
+        <v>228</v>
+      </c>
+      <c r="C34" t="s">
+        <v>222</v>
+      </c>
+      <c r="D34" t="s">
+        <v>229</v>
+      </c>
+      <c r="E34" t="s">
+        <v>51</v>
+      </c>
+      <c r="F34" t="s">
+        <v>60</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2009</v>
+      </c>
+      <c r="I34">
+        <v>2020</v>
+      </c>
+      <c r="J34" t="s">
+        <v>216</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>230</v>
+      </c>
+      <c r="M34" t="s">
+        <v>195</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>231</v>
+      </c>
+      <c r="P34" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>233</v>
+      </c>
+      <c r="B35" t="s">
+        <v>234</v>
+      </c>
+      <c r="C35" t="s">
+        <v>222</v>
+      </c>
+      <c r="D35" t="s">
+        <v>235</v>
+      </c>
+      <c r="E35" t="s">
+        <v>51</v>
+      </c>
+      <c r="F35" t="s">
+        <v>60</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2003</v>
+      </c>
+      <c r="I35">
+        <v>2011</v>
+      </c>
+      <c r="J35" t="s">
+        <v>216</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>236</v>
+      </c>
+      <c r="M35" t="s">
+        <v>195</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>237</v>
+      </c>
+      <c r="P35" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>239</v>
+      </c>
+      <c r="B36" t="s">
+        <v>240</v>
+      </c>
+      <c r="C36" t="s">
+        <v>222</v>
+      </c>
+      <c r="D36" t="s">
+        <v>241</v>
+      </c>
+      <c r="E36" t="s">
+        <v>51</v>
+      </c>
+      <c r="F36" t="s">
+        <v>60</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2008</v>
+      </c>
+      <c r="I36">
+        <v>2018</v>
+      </c>
+      <c r="J36" t="s">
+        <v>216</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>242</v>
+      </c>
+      <c r="M36" t="s">
+        <v>195</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>243</v>
+      </c>
+      <c r="P36" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>245</v>
+      </c>
+      <c r="B37" t="s">
+        <v>246</v>
+      </c>
+      <c r="C37" t="s">
+        <v>222</v>
+      </c>
+      <c r="D37" t="s">
+        <v>119</v>
+      </c>
+      <c r="E37" t="s">
+        <v>51</v>
+      </c>
+      <c r="F37" t="s">
+        <v>60</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>216</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>247</v>
+      </c>
+      <c r="M37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>248</v>
+      </c>
+      <c r="P37" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>250</v>
+      </c>
+      <c r="B38" t="s">
+        <v>251</v>
+      </c>
+      <c r="C38" t="s">
+        <v>222</v>
+      </c>
+      <c r="D38" t="s">
+        <v>252</v>
+      </c>
+      <c r="E38" t="s">
+        <v>51</v>
+      </c>
+      <c r="F38" t="s">
+        <v>60</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2001</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>216</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>253</v>
+      </c>
+      <c r="M38" t="s">
+        <v>195</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>254</v>
+      </c>
+      <c r="P38" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>256</v>
+      </c>
+      <c r="B39" t="s">
+        <v>257</v>
+      </c>
+      <c r="C39" t="s">
+        <v>222</v>
+      </c>
+      <c r="D39" t="s">
+        <v>258</v>
+      </c>
+      <c r="E39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F39" t="s">
+        <v>60</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2003</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>216</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>259</v>
+      </c>
+      <c r="M39" t="s">
+        <v>195</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>260</v>
+      </c>
+      <c r="P39" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>262</v>
+      </c>
+      <c r="B40" t="s">
+        <v>263</v>
+      </c>
+      <c r="C40" t="s">
+        <v>222</v>
+      </c>
+      <c r="D40" t="s">
+        <v>264</v>
+      </c>
+      <c r="E40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" t="s">
+        <v>60</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40">
+        <v>2018</v>
+      </c>
+      <c r="J40" t="s">
+        <v>216</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>265</v>
+      </c>
+      <c r="M40" t="s">
+        <v>195</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>266</v>
+      </c>
+      <c r="P40" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>268</v>
+      </c>
+      <c r="B41" t="s">
+        <v>269</v>
+      </c>
+      <c r="C41" t="s">
+        <v>270</v>
+      </c>
+      <c r="D41" t="s">
+        <v>271</v>
+      </c>
+      <c r="E41" t="s">
+        <v>51</v>
+      </c>
+      <c r="F41" t="s">
+        <v>60</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
+        <v>216</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>272</v>
+      </c>
+      <c r="M41" t="s">
+        <v>195</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>273</v>
+      </c>
+      <c r="P41" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>275</v>
+      </c>
+      <c r="B42" t="s">
+        <v>276</v>
+      </c>
+      <c r="C42" t="s">
+        <v>277</v>
+      </c>
+      <c r="D42" t="s">
+        <v>68</v>
+      </c>
+      <c r="E42" t="s">
+        <v>51</v>
+      </c>
+      <c r="F42" t="s">
+        <v>60</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1994</v>
+      </c>
+      <c r="I42">
+        <v>2020</v>
+      </c>
+      <c r="J42" t="s">
+        <v>216</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>278</v>
+      </c>
+      <c r="M42" t="s">
+        <v>195</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>279</v>
+      </c>
+      <c r="P42" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>281</v>
+      </c>
+      <c r="B43" t="s">
+        <v>282</v>
+      </c>
+      <c r="C43" t="s">
+        <v>222</v>
+      </c>
+      <c r="D43" t="s">
+        <v>271</v>
+      </c>
+      <c r="E43" t="s">
+        <v>51</v>
+      </c>
+      <c r="F43" t="s">
+        <v>60</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43">
+        <v>2018</v>
+      </c>
+      <c r="J43" t="s">
+        <v>216</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>283</v>
+      </c>
+      <c r="M43" t="s">
+        <v>195</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>284</v>
+      </c>
+      <c r="P43" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>286</v>
+      </c>
+      <c r="B44" t="s">
+        <v>287</v>
+      </c>
+      <c r="C44" t="s">
+        <v>222</v>
+      </c>
+      <c r="D44" t="s">
+        <v>288</v>
+      </c>
+      <c r="E44" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44" t="s">
+        <v>60</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44">
+        <v>2019</v>
+      </c>
+      <c r="J44" t="s">
+        <v>216</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>289</v>
+      </c>
+      <c r="M44" t="s">
+        <v>195</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>290</v>
+      </c>
+      <c r="P44" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>292</v>
+      </c>
+      <c r="B45" t="s">
+        <v>293</v>
+      </c>
+      <c r="C45" t="s">
+        <v>294</v>
+      </c>
+      <c r="D45" t="s">
+        <v>295</v>
+      </c>
+      <c r="E45" t="s">
+        <v>51</v>
+      </c>
+      <c r="F45" t="s">
+        <v>60</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>1992</v>
       </c>
-      <c r="H27">
+      <c r="I45">
+        <v>2020</v>
+      </c>
+      <c r="J45" t="s">
+        <v>216</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>296</v>
+      </c>
+      <c r="M45" t="s">
+        <v>195</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>297</v>
+      </c>
+      <c r="P45" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>299</v>
+      </c>
+      <c r="B46" t="s">
+        <v>300</v>
+      </c>
+      <c r="C46" t="s">
+        <v>222</v>
+      </c>
+      <c r="D46" t="s">
+        <v>301</v>
+      </c>
+      <c r="E46" t="s">
+        <v>51</v>
+      </c>
+      <c r="F46" t="s">
+        <v>60</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1995</v>
+      </c>
+      <c r="I46">
         <v>2013</v>
       </c>
-      <c r="I27" t="s">
-[...111 lines deleted...]
-      <c r="C30" t="s">
+      <c r="J46" t="s">
+        <v>216</v>
+      </c>
+      <c r="K46" t="s">
+        <v>302</v>
+      </c>
+      <c r="L46" t="s">
+        <v>303</v>
+      </c>
+      <c r="M46" t="s">
+        <v>195</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>304</v>
+      </c>
+      <c r="P46" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>306</v>
+      </c>
+      <c r="B47" t="s">
+        <v>307</v>
+      </c>
+      <c r="C47" t="s">
+        <v>277</v>
+      </c>
+      <c r="D47" t="s">
         <v>73</v>
       </c>
-      <c r="D30" t="s">
-[...360 lines deleted...]
-      <c r="G38">
+      <c r="E47" t="s">
+        <v>51</v>
+      </c>
+      <c r="F47" t="s">
+        <v>60</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2001</v>
       </c>
-      <c r="H38">
-[...155 lines deleted...]
-      <c r="B42" t="s">
+      <c r="I47">
+        <v>2019</v>
+      </c>
+      <c r="J47" t="s">
+        <v>216</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>308</v>
+      </c>
+      <c r="M47" t="s">
         <v>195</v>
       </c>
-      <c r="C42" t="s">
-[...251 lines deleted...]
-      </c>
       <c r="N47" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>309</v>
+      </c>
+      <c r="P47" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>218</v>
+        <v>311</v>
       </c>
       <c r="B48" t="s">
-        <v>158</v>
+        <v>312</v>
       </c>
       <c r="C48" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D48" t="s">
-        <v>42</v>
+        <v>313</v>
       </c>
       <c r="E48" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>60</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2016</v>
       </c>
-      <c r="I48" t="s">
-        <v>154</v>
+      <c r="I48">
+        <v>2016</v>
       </c>
       <c r="J48" t="s">
-        <v>29</v>
+        <v>216</v>
       </c>
       <c r="K48" t="s">
-        <v>220</v>
+        <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>141</v>
+        <v>314</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>195</v>
       </c>
       <c r="N48" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>315</v>
+      </c>
+      <c r="P48" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>317</v>
+      </c>
+      <c r="B49" t="s">
+        <v>318</v>
+      </c>
+      <c r="C49" t="s">
         <v>222</v>
       </c>
-      <c r="B49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>42</v>
+        <v>319</v>
       </c>
       <c r="E49" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>60</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
         <v>2016</v>
       </c>
-      <c r="I49" t="s">
-        <v>154</v>
+      <c r="I49">
+        <v>2016</v>
       </c>
       <c r="J49" t="s">
-        <v>29</v>
+        <v>216</v>
       </c>
       <c r="K49" t="s">
-        <v>224</v>
+        <v>34</v>
       </c>
       <c r="L49" t="s">
-        <v>141</v>
+        <v>320</v>
       </c>
       <c r="M49" t="s">
+        <v>195</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>321</v>
+      </c>
+      <c r="P49" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>323</v>
+      </c>
+      <c r="B50" t="s">
+        <v>324</v>
+      </c>
+      <c r="C50" t="s">
+        <v>222</v>
+      </c>
+      <c r="D50" t="s">
+        <v>325</v>
+      </c>
+      <c r="E50" t="s">
+        <v>51</v>
+      </c>
+      <c r="F50" t="s">
+        <v>60</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50">
+        <v>2019</v>
+      </c>
+      <c r="J50" t="s">
+        <v>216</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>326</v>
+      </c>
+      <c r="M50" t="s">
+        <v>195</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>327</v>
+      </c>
+      <c r="P50" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>329</v>
+      </c>
+      <c r="B51" t="s">
+        <v>330</v>
+      </c>
+      <c r="C51" t="s">
+        <v>222</v>
+      </c>
+      <c r="D51" t="s">
+        <v>331</v>
+      </c>
+      <c r="E51" t="s">
+        <v>51</v>
+      </c>
+      <c r="F51" t="s">
+        <v>60</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2014</v>
+      </c>
+      <c r="I51">
+        <v>2021</v>
+      </c>
+      <c r="J51" t="s">
+        <v>216</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>332</v>
+      </c>
+      <c r="M51" t="s">
+        <v>195</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>333</v>
+      </c>
+      <c r="P51" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>335</v>
+      </c>
+      <c r="B52" t="s">
+        <v>336</v>
+      </c>
+      <c r="C52" t="s">
+        <v>222</v>
+      </c>
+      <c r="D52" t="s">
+        <v>337</v>
+      </c>
+      <c r="E52" t="s">
+        <v>51</v>
+      </c>
+      <c r="F52" t="s">
+        <v>60</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2004</v>
+      </c>
+      <c r="I52">
+        <v>2020</v>
+      </c>
+      <c r="J52" t="s">
+        <v>216</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>338</v>
+      </c>
+      <c r="M52" t="s">
+        <v>195</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>339</v>
+      </c>
+      <c r="P52" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>341</v>
+      </c>
+      <c r="B53" t="s">
+        <v>342</v>
+      </c>
+      <c r="C53" t="s">
+        <v>222</v>
+      </c>
+      <c r="D53" t="s">
+        <v>343</v>
+      </c>
+      <c r="E53" t="s">
+        <v>51</v>
+      </c>
+      <c r="F53" t="s">
+        <v>60</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1995</v>
+      </c>
+      <c r="I53">
+        <v>2015</v>
+      </c>
+      <c r="J53" t="s">
+        <v>216</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>344</v>
+      </c>
+      <c r="M53" t="s">
+        <v>195</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>345</v>
+      </c>
+      <c r="P53" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>347</v>
+      </c>
+      <c r="B54" t="s">
+        <v>348</v>
+      </c>
+      <c r="C54" t="s">
+        <v>222</v>
+      </c>
+      <c r="D54" t="s">
+        <v>301</v>
+      </c>
+      <c r="E54" t="s">
+        <v>51</v>
+      </c>
+      <c r="F54" t="s">
+        <v>60</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1996</v>
+      </c>
+      <c r="I54">
+        <v>2014</v>
+      </c>
+      <c r="J54" t="s">
+        <v>216</v>
+      </c>
+      <c r="K54" t="s">
+        <v>302</v>
+      </c>
+      <c r="L54" t="s">
+        <v>349</v>
+      </c>
+      <c r="M54" t="s">
+        <v>195</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>350</v>
+      </c>
+      <c r="P54" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>352</v>
+      </c>
+      <c r="B55" t="s">
+        <v>353</v>
+      </c>
+      <c r="C55" t="s">
+        <v>222</v>
+      </c>
+      <c r="D55" t="s">
+        <v>354</v>
+      </c>
+      <c r="E55" t="s">
+        <v>51</v>
+      </c>
+      <c r="F55" t="s">
+        <v>60</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2001</v>
+      </c>
+      <c r="I55">
+        <v>2018</v>
+      </c>
+      <c r="J55" t="s">
+        <v>216</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>355</v>
+      </c>
+      <c r="M55" t="s">
+        <v>195</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>356</v>
+      </c>
+      <c r="P55" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>358</v>
+      </c>
+      <c r="B56" t="s">
+        <v>359</v>
+      </c>
+      <c r="C56" t="s">
+        <v>222</v>
+      </c>
+      <c r="D56" t="s">
+        <v>106</v>
+      </c>
+      <c r="E56" t="s">
+        <v>51</v>
+      </c>
+      <c r="F56" t="s">
+        <v>60</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1996</v>
+      </c>
+      <c r="I56">
+        <v>2016</v>
+      </c>
+      <c r="J56" t="s">
+        <v>216</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>360</v>
+      </c>
+      <c r="M56" t="s">
+        <v>195</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>361</v>
+      </c>
+      <c r="P56" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>363</v>
+      </c>
+      <c r="B57" t="s">
+        <v>364</v>
+      </c>
+      <c r="C57" t="s">
+        <v>222</v>
+      </c>
+      <c r="D57" t="s">
+        <v>252</v>
+      </c>
+      <c r="E57" t="s">
+        <v>51</v>
+      </c>
+      <c r="F57" t="s">
+        <v>60</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2001</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
+      <c r="J57" t="s">
+        <v>216</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>365</v>
+      </c>
+      <c r="M57" t="s">
+        <v>195</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>366</v>
+      </c>
+      <c r="P57" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>368</v>
+      </c>
+      <c r="B58" t="s">
+        <v>369</v>
+      </c>
+      <c r="C58" t="s">
+        <v>222</v>
+      </c>
+      <c r="D58" t="s">
+        <v>370</v>
+      </c>
+      <c r="E58" t="s">
+        <v>51</v>
+      </c>
+      <c r="F58" t="s">
+        <v>60</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2012</v>
+      </c>
+      <c r="I58">
+        <v>2015</v>
+      </c>
+      <c r="J58" t="s">
+        <v>216</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>371</v>
+      </c>
+      <c r="M58" t="s">
+        <v>195</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>372</v>
+      </c>
+      <c r="P58" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>374</v>
+      </c>
+      <c r="B59" t="s">
+        <v>375</v>
+      </c>
+      <c r="C59" t="s">
+        <v>222</v>
+      </c>
+      <c r="D59" t="s">
+        <v>264</v>
+      </c>
+      <c r="E59" t="s">
+        <v>51</v>
+      </c>
+      <c r="F59" t="s">
+        <v>60</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2009</v>
+      </c>
+      <c r="I59">
+        <v>2015</v>
+      </c>
+      <c r="J59" t="s">
+        <v>216</v>
+      </c>
+      <c r="K59" t="s">
+        <v>376</v>
+      </c>
+      <c r="L59" t="s">
+        <v>377</v>
+      </c>
+      <c r="M59" t="s">
+        <v>195</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>378</v>
+      </c>
+      <c r="P59" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>380</v>
+      </c>
+      <c r="B60" t="s">
+        <v>381</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>382</v>
+      </c>
+      <c r="E60" t="s">
+        <v>51</v>
+      </c>
+      <c r="F60" t="s">
+        <v>60</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2003</v>
+      </c>
+      <c r="I60">
+        <v>2015</v>
+      </c>
+      <c r="J60" t="s">
+        <v>216</v>
+      </c>
+      <c r="K60" t="s">
+        <v>383</v>
+      </c>
+      <c r="L60" t="s">
+        <v>384</v>
+      </c>
+      <c r="M60" t="s">
+        <v>195</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>385</v>
+      </c>
+      <c r="P60" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>387</v>
+      </c>
+      <c r="B61" t="s">
+        <v>388</v>
+      </c>
+      <c r="C61" t="s">
+        <v>222</v>
+      </c>
+      <c r="D61" t="s">
+        <v>389</v>
+      </c>
+      <c r="E61" t="s">
+        <v>51</v>
+      </c>
+      <c r="F61" t="s">
+        <v>60</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2004</v>
+      </c>
+      <c r="I61">
+        <v>2020</v>
+      </c>
+      <c r="J61" t="s">
+        <v>216</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>390</v>
+      </c>
+      <c r="M61" t="s">
+        <v>195</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>391</v>
+      </c>
+      <c r="P61" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>393</v>
+      </c>
+      <c r="B62" t="s">
+        <v>394</v>
+      </c>
+      <c r="C62" t="s">
+        <v>222</v>
+      </c>
+      <c r="D62" t="s">
+        <v>395</v>
+      </c>
+      <c r="E62" t="s">
+        <v>51</v>
+      </c>
+      <c r="F62" t="s">
+        <v>60</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>1996</v>
+      </c>
+      <c r="I62">
+        <v>2015</v>
+      </c>
+      <c r="J62" t="s">
+        <v>216</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>396</v>
+      </c>
+      <c r="M62" t="s">
+        <v>195</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>397</v>
+      </c>
+      <c r="P62" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>399</v>
+      </c>
+      <c r="B63" t="s">
+        <v>400</v>
+      </c>
+      <c r="C63" t="s">
+        <v>222</v>
+      </c>
+      <c r="D63" t="s">
+        <v>401</v>
+      </c>
+      <c r="E63" t="s">
+        <v>51</v>
+      </c>
+      <c r="F63" t="s">
+        <v>60</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2001</v>
+      </c>
+      <c r="I63">
+        <v>2018</v>
+      </c>
+      <c r="J63" t="s">
+        <v>216</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>402</v>
+      </c>
+      <c r="M63" t="s">
+        <v>195</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>403</v>
+      </c>
+      <c r="P63" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>405</v>
+      </c>
+      <c r="B64" t="s">
+        <v>406</v>
+      </c>
+      <c r="C64" t="s">
+        <v>222</v>
+      </c>
+      <c r="D64" t="s">
+        <v>407</v>
+      </c>
+      <c r="E64" t="s">
+        <v>51</v>
+      </c>
+      <c r="F64" t="s">
+        <v>60</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2004</v>
+      </c>
+      <c r="I64">
+        <v>2014</v>
+      </c>
+      <c r="J64" t="s">
+        <v>216</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>408</v>
+      </c>
+      <c r="M64" t="s">
+        <v>195</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>409</v>
+      </c>
+      <c r="P64" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>411</v>
+      </c>
+      <c r="B65" t="s">
+        <v>412</v>
+      </c>
+      <c r="C65" t="s">
+        <v>222</v>
+      </c>
+      <c r="D65" t="s">
+        <v>59</v>
+      </c>
+      <c r="E65" t="s">
+        <v>51</v>
+      </c>
+      <c r="F65" t="s">
+        <v>60</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>1998</v>
+      </c>
+      <c r="I65">
+        <v>2019</v>
+      </c>
+      <c r="J65" t="s">
+        <v>216</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>413</v>
+      </c>
+      <c r="M65" t="s">
+        <v>195</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>414</v>
+      </c>
+      <c r="P65" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>416</v>
+      </c>
+      <c r="B66" t="s">
+        <v>417</v>
+      </c>
+      <c r="C66" t="s">
+        <v>222</v>
+      </c>
+      <c r="D66" t="s">
+        <v>418</v>
+      </c>
+      <c r="E66" t="s">
+        <v>51</v>
+      </c>
+      <c r="F66" t="s">
+        <v>60</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2012</v>
+      </c>
+      <c r="I66">
+        <v>2019</v>
+      </c>
+      <c r="J66" t="s">
+        <v>216</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>419</v>
+      </c>
+      <c r="M66" t="s">
+        <v>195</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>420</v>
+      </c>
+      <c r="P66" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>422</v>
+      </c>
+      <c r="B67" t="s">
+        <v>423</v>
+      </c>
+      <c r="C67" t="s">
+        <v>222</v>
+      </c>
+      <c r="D67" t="s">
+        <v>424</v>
+      </c>
+      <c r="E67" t="s">
+        <v>51</v>
+      </c>
+      <c r="F67" t="s">
+        <v>60</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2010</v>
+      </c>
+      <c r="I67">
+        <v>2014</v>
+      </c>
+      <c r="J67" t="s">
+        <v>216</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>425</v>
+      </c>
+      <c r="M67" t="s">
+        <v>195</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>426</v>
+      </c>
+      <c r="P67" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>428</v>
+      </c>
+      <c r="B68" t="s">
+        <v>429</v>
+      </c>
+      <c r="C68" t="s">
+        <v>430</v>
+      </c>
+      <c r="D68" t="s">
+        <v>431</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>432</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>1982</v>
+      </c>
+      <c r="I68">
+        <v>2024</v>
+      </c>
+      <c r="J68" t="s">
+        <v>112</v>
+      </c>
+      <c r="K68" t="s">
         <v>24</v>
       </c>
-      <c r="N49" t="s">
-[...829 lines deleted...]
-      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>300</v>
+        <v>433</v>
       </c>
       <c r="N68" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>434</v>
+      </c>
+      <c r="O68" t="s">
+        <v>435</v>
+      </c>
+      <c r="P68" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>302</v>
+        <v>437</v>
       </c>
       <c r="B69" t="s">
-        <v>15</v>
+        <v>438</v>
       </c>
       <c r="C69" t="s">
-        <v>303</v>
+        <v>18</v>
       </c>
       <c r="D69" t="s">
-        <v>42</v>
+        <v>439</v>
       </c>
       <c r="E69" t="s">
-        <v>304</v>
+        <v>51</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>440</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2018</v>
       </c>
-      <c r="I69" t="s">
-        <v>305</v>
+      <c r="I69">
+        <v>2018</v>
       </c>
       <c r="J69" t="s">
-        <v>306</v>
+        <v>441</v>
       </c>
       <c r="K69" t="s">
-        <v>307</v>
+        <v>442</v>
       </c>
       <c r="L69" t="s">
-        <v>308</v>
+        <v>443</v>
       </c>
       <c r="M69" t="s">
-        <v>309</v>
+        <v>444</v>
       </c>
       <c r="N69" t="s">
-        <v>310</v>
+        <v>445</v>
+      </c>
+      <c r="O69" t="s">
+        <v>446</v>
+      </c>
+      <c r="P69" t="s">
+        <v>447</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>