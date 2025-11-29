--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -12,2229 +12,3255 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="706">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1027">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Laboratory Grade Refrigerators and Freezers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions Laboratory Grade Refrigerator; Laboratory Grade Freezer; and Ultra-Low-Temperature Laboratory Grade Freezer are eligible for ENERGY STAR certification under this standard. This may include refrigerators and freezers that operate without a compressor. Products that are covered under other ENERGY STAR product specifications are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>Lab Grade Refrigerators and Freezers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Laboratory Grade Refrigerators, Freezers, and Ultra-Low Temperature Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/laboratory_grade_refrigerators_and_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2498,8171 +3524,9292 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N188"/>
+  <dimension ref="A1:P188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>64</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>80</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>93</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>71</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>94</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>100</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11">
+        <v>1993</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>92</v>
+      </c>
+      <c r="D12" t="s">
+        <v>105</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>71</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12">
+        <v>2004</v>
+      </c>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" t="s">
+        <v>112</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2002</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>119</v>
+      </c>
+      <c r="E14" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" t="s">
+        <v>112</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>94</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D15" t="s">
+        <v>125</v>
+      </c>
+      <c r="E15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F15" t="s">
+        <v>112</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1997</v>
+      </c>
+      <c r="I15">
+        <v>2018</v>
+      </c>
+      <c r="J15" t="s">
+        <v>94</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>127</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>110</v>
+      </c>
+      <c r="D16" t="s">
+        <v>132</v>
+      </c>
+      <c r="E16" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" t="s">
+        <v>112</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>94</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>114</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>138</v>
+      </c>
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>112</v>
+      </c>
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H17">
+        <v>2007</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>139</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>140</v>
+      </c>
+      <c r="M17" t="s">
+        <v>114</v>
+      </c>
+      <c r="N17" t="s">
+        <v>127</v>
+      </c>
+      <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D18" t="s">
+        <v>146</v>
+      </c>
+      <c r="E18" t="s">
+        <v>51</v>
+      </c>
+      <c r="F18" t="s">
+        <v>112</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>139</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>114</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>145</v>
+      </c>
+      <c r="D19" t="s">
+        <v>152</v>
+      </c>
+      <c r="E19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F19" t="s">
+        <v>112</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>153</v>
+      </c>
+      <c r="M19" t="s">
+        <v>114</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>158</v>
+      </c>
+      <c r="E20" t="s">
+        <v>51</v>
+      </c>
+      <c r="F20" t="s">
+        <v>112</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2003</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>139</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>159</v>
+      </c>
+      <c r="M20" t="s">
+        <v>114</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>145</v>
+      </c>
+      <c r="D21" t="s">
+        <v>164</v>
+      </c>
+      <c r="E21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" t="s">
+        <v>112</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2018</v>
+      </c>
+      <c r="J21" t="s">
+        <v>139</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>165</v>
+      </c>
+      <c r="M21" t="s">
+        <v>114</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>166</v>
+      </c>
+      <c r="P21" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C22" t="s">
+        <v>145</v>
+      </c>
+      <c r="D22" t="s">
+        <v>170</v>
+      </c>
+      <c r="E22" t="s">
+        <v>51</v>
+      </c>
+      <c r="F22" t="s">
+        <v>112</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>139</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>171</v>
+      </c>
+      <c r="M22" t="s">
+        <v>114</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" t="s">
+        <v>145</v>
+      </c>
+      <c r="D23" t="s">
+        <v>100</v>
+      </c>
+      <c r="E23" t="s">
+        <v>51</v>
+      </c>
+      <c r="F23" t="s">
+        <v>112</v>
+      </c>
+      <c r="G23" t="s">
+        <v>61</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>139</v>
+      </c>
+      <c r="K23" t="s">
+        <v>176</v>
+      </c>
+      <c r="L23" t="s">
+        <v>177</v>
+      </c>
+      <c r="M23" t="s">
+        <v>114</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>178</v>
+      </c>
+      <c r="P23" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>180</v>
+      </c>
+      <c r="B24" t="s">
+        <v>181</v>
+      </c>
+      <c r="C24" t="s">
+        <v>145</v>
+      </c>
+      <c r="D24" t="s">
+        <v>105</v>
+      </c>
+      <c r="E24" t="s">
+        <v>51</v>
+      </c>
+      <c r="F24" t="s">
+        <v>112</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2001</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>139</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>182</v>
+      </c>
+      <c r="M24" t="s">
+        <v>114</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>185</v>
+      </c>
+      <c r="B25" t="s">
+        <v>186</v>
+      </c>
+      <c r="C25" t="s">
+        <v>145</v>
+      </c>
+      <c r="D25" t="s">
+        <v>187</v>
+      </c>
+      <c r="E25" t="s">
+        <v>51</v>
+      </c>
+      <c r="F25" t="s">
+        <v>112</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2003</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>139</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>188</v>
+      </c>
+      <c r="M25" t="s">
+        <v>114</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" t="s">
+        <v>193</v>
+      </c>
+      <c r="E26" t="s">
+        <v>51</v>
+      </c>
+      <c r="F26" t="s">
+        <v>112</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>139</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...16 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L26" t="s">
+        <v>194</v>
+      </c>
+      <c r="M26" t="s">
+        <v>114</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>195</v>
+      </c>
+      <c r="P26" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
+        <v>198</v>
+      </c>
+      <c r="C27" t="s">
+        <v>199</v>
+      </c>
+      <c r="D27" t="s">
+        <v>200</v>
+      </c>
+      <c r="E27" t="s">
+        <v>51</v>
+      </c>
+      <c r="F27" t="s">
+        <v>112</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>139</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>201</v>
+      </c>
+      <c r="M27" t="s">
+        <v>114</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>202</v>
+      </c>
+      <c r="P27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" t="s">
+        <v>205</v>
+      </c>
+      <c r="C28" t="s">
+        <v>206</v>
+      </c>
+      <c r="D28" t="s">
+        <v>207</v>
+      </c>
+      <c r="E28" t="s">
+        <v>51</v>
+      </c>
+      <c r="F28" t="s">
+        <v>112</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1994</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>139</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>208</v>
+      </c>
+      <c r="M28" t="s">
+        <v>114</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>209</v>
+      </c>
+      <c r="P28" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>211</v>
+      </c>
+      <c r="B29" t="s">
+        <v>212</v>
+      </c>
+      <c r="C29" t="s">
+        <v>145</v>
+      </c>
+      <c r="D29" t="s">
+        <v>213</v>
+      </c>
+      <c r="E29" t="s">
+        <v>51</v>
+      </c>
+      <c r="F29" t="s">
+        <v>112</v>
+      </c>
+      <c r="G29" t="s">
+        <v>61</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>139</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>214</v>
+      </c>
+      <c r="M29" t="s">
+        <v>114</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>215</v>
+      </c>
+      <c r="P29" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>217</v>
+      </c>
+      <c r="B30" t="s">
+        <v>218</v>
+      </c>
+      <c r="C30" t="s">
+        <v>145</v>
+      </c>
+      <c r="D30" t="s">
+        <v>200</v>
+      </c>
+      <c r="E30" t="s">
+        <v>51</v>
+      </c>
+      <c r="F30" t="s">
+        <v>112</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30">
+        <v>2018</v>
+      </c>
+      <c r="J30" t="s">
+        <v>139</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>219</v>
+      </c>
+      <c r="M30" t="s">
+        <v>114</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>220</v>
+      </c>
+      <c r="P30" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>222</v>
+      </c>
+      <c r="B31" t="s">
+        <v>223</v>
+      </c>
+      <c r="C31" t="s">
+        <v>145</v>
+      </c>
+      <c r="D31" t="s">
+        <v>224</v>
+      </c>
+      <c r="E31" t="s">
+        <v>51</v>
+      </c>
+      <c r="F31" t="s">
+        <v>112</v>
+      </c>
+      <c r="G31" t="s">
+        <v>61</v>
+      </c>
+      <c r="H31">
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2008</v>
+      </c>
+      <c r="J31" t="s">
+        <v>139</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>225</v>
+      </c>
+      <c r="M31" t="s">
+        <v>114</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>226</v>
+      </c>
+      <c r="P31" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>228</v>
+      </c>
+      <c r="B32" t="s">
+        <v>229</v>
+      </c>
+      <c r="C32" t="s">
+        <v>145</v>
+      </c>
+      <c r="D32" t="s">
+        <v>230</v>
+      </c>
+      <c r="E32" t="s">
+        <v>51</v>
+      </c>
+      <c r="F32" t="s">
+        <v>112</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32">
+        <v>2019</v>
+      </c>
+      <c r="J32" t="s">
+        <v>139</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>231</v>
+      </c>
+      <c r="M32" t="s">
+        <v>114</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>232</v>
+      </c>
+      <c r="P32" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>234</v>
+      </c>
+      <c r="B33" t="s">
+        <v>235</v>
+      </c>
+      <c r="C33" t="s">
+        <v>236</v>
+      </c>
+      <c r="D33" t="s">
+        <v>237</v>
+      </c>
+      <c r="E33" t="s">
+        <v>51</v>
+      </c>
+      <c r="F33" t="s">
+        <v>112</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1992</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>139</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>238</v>
+      </c>
+      <c r="M33" t="s">
+        <v>114</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>239</v>
+      </c>
+      <c r="P33" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>241</v>
+      </c>
+      <c r="B34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C34" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...49 lines deleted...]
-      <c r="H4">
+      <c r="D34" t="s">
+        <v>243</v>
+      </c>
+      <c r="E34" t="s">
+        <v>51</v>
+      </c>
+      <c r="F34" t="s">
+        <v>112</v>
+      </c>
+      <c r="G34" t="s">
+        <v>61</v>
+      </c>
+      <c r="H34">
+        <v>2018</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>139</v>
+      </c>
+      <c r="K34" t="s">
+        <v>244</v>
+      </c>
+      <c r="L34" t="s">
+        <v>245</v>
+      </c>
+      <c r="M34" t="s">
+        <v>114</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>246</v>
+      </c>
+      <c r="P34" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>248</v>
+      </c>
+      <c r="B35" t="s">
+        <v>249</v>
+      </c>
+      <c r="C35" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" t="s">
+        <v>100</v>
+      </c>
+      <c r="E35" t="s">
+        <v>51</v>
+      </c>
+      <c r="F35" t="s">
+        <v>112</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1995</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>139</v>
+      </c>
+      <c r="K35" t="s">
+        <v>176</v>
+      </c>
+      <c r="L35" t="s">
+        <v>250</v>
+      </c>
+      <c r="M35" t="s">
+        <v>114</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>251</v>
+      </c>
+      <c r="P35" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>253</v>
+      </c>
+      <c r="B36" t="s">
+        <v>254</v>
+      </c>
+      <c r="C36" t="s">
+        <v>145</v>
+      </c>
+      <c r="D36" t="s">
+        <v>255</v>
+      </c>
+      <c r="E36" t="s">
+        <v>51</v>
+      </c>
+      <c r="F36" t="s">
+        <v>112</v>
+      </c>
+      <c r="G36" t="s">
+        <v>61</v>
+      </c>
+      <c r="H36">
+        <v>2001</v>
+      </c>
+      <c r="I36">
+        <v>2012</v>
+      </c>
+      <c r="J36" t="s">
+        <v>139</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>256</v>
+      </c>
+      <c r="M36" t="s">
+        <v>114</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>257</v>
+      </c>
+      <c r="P36" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>259</v>
+      </c>
+      <c r="B37" t="s">
+        <v>260</v>
+      </c>
+      <c r="C37" t="s">
+        <v>206</v>
+      </c>
+      <c r="D37" t="s">
+        <v>261</v>
+      </c>
+      <c r="E37" t="s">
+        <v>51</v>
+      </c>
+      <c r="F37" t="s">
+        <v>112</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2001</v>
+      </c>
+      <c r="I37">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...78 lines deleted...]
-      <c r="F6" t="s">
+      <c r="J37" t="s">
+        <v>139</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>262</v>
+      </c>
+      <c r="M37" t="s">
+        <v>114</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>263</v>
+      </c>
+      <c r="P37" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>265</v>
+      </c>
+      <c r="B38" t="s">
+        <v>266</v>
+      </c>
+      <c r="C38" t="s">
+        <v>145</v>
+      </c>
+      <c r="D38" t="s">
+        <v>267</v>
+      </c>
+      <c r="E38" t="s">
         <v>51</v>
       </c>
-      <c r="G6">
-[...488 lines deleted...]
-      <c r="B18" t="s">
+      <c r="F38" t="s">
         <v>112</v>
       </c>
-      <c r="C18" t="s">
-[...884 lines deleted...]
-        <v>2016</v>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2016</v>
       </c>
-      <c r="I38" t="s">
-        <v>108</v>
+      <c r="I38">
+        <v>2016</v>
       </c>
       <c r="J38" t="s">
-        <v>29</v>
+        <v>139</v>
       </c>
       <c r="K38" t="s">
-        <v>195</v>
+        <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>91</v>
+        <v>268</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N38" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>269</v>
+      </c>
+      <c r="P38" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>197</v>
+        <v>271</v>
       </c>
       <c r="B39" t="s">
+        <v>272</v>
+      </c>
+      <c r="C39" t="s">
+        <v>145</v>
+      </c>
+      <c r="D39" t="s">
+        <v>273</v>
+      </c>
+      <c r="E39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F39" t="s">
         <v>112</v>
       </c>
-      <c r="C39" t="s">
-[...8 lines deleted...]
-      <c r="F39" t="s">
+      <c r="G39" t="s">
+        <v>61</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>139</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>274</v>
+      </c>
+      <c r="M39" t="s">
+        <v>114</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>275</v>
+      </c>
+      <c r="P39" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>277</v>
+      </c>
+      <c r="B40" t="s">
+        <v>278</v>
+      </c>
+      <c r="C40" t="s">
+        <v>145</v>
+      </c>
+      <c r="D40" t="s">
+        <v>279</v>
+      </c>
+      <c r="E40" t="s">
         <v>51</v>
       </c>
-      <c r="G39">
-[...26 lines deleted...]
-      <c r="B40" t="s">
+      <c r="F40" t="s">
         <v>112</v>
       </c>
-      <c r="C40" t="s">
-[...12 lines deleted...]
-        <v>2016</v>
+      <c r="G40" t="s">
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2016</v>
       </c>
-      <c r="I40" t="s">
-        <v>108</v>
+      <c r="I40">
+        <v>2016</v>
       </c>
       <c r="J40" t="s">
-        <v>29</v>
+        <v>139</v>
       </c>
       <c r="K40" t="s">
-        <v>203</v>
+        <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>91</v>
+        <v>280</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N40" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>281</v>
+      </c>
+      <c r="P40" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>205</v>
+        <v>283</v>
       </c>
       <c r="B41" t="s">
+        <v>284</v>
+      </c>
+      <c r="C41" t="s">
+        <v>145</v>
+      </c>
+      <c r="D41" t="s">
+        <v>255</v>
+      </c>
+      <c r="E41" t="s">
+        <v>51</v>
+      </c>
+      <c r="F41" t="s">
         <v>112</v>
       </c>
-      <c r="C41" t="s">
-[...8 lines deleted...]
-      <c r="F41" t="s">
+      <c r="G41" t="s">
+        <v>61</v>
+      </c>
+      <c r="H41">
+        <v>2001</v>
+      </c>
+      <c r="I41">
+        <v>2018</v>
+      </c>
+      <c r="J41" t="s">
+        <v>139</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>285</v>
+      </c>
+      <c r="M41" t="s">
+        <v>114</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>286</v>
+      </c>
+      <c r="P41" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>288</v>
+      </c>
+      <c r="B42" t="s">
+        <v>289</v>
+      </c>
+      <c r="C42" t="s">
+        <v>145</v>
+      </c>
+      <c r="D42" t="s">
+        <v>273</v>
+      </c>
+      <c r="E42" t="s">
         <v>51</v>
       </c>
-      <c r="G41">
+      <c r="F42" t="s">
+        <v>112</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2012</v>
+      </c>
+      <c r="I42">
+        <v>2019</v>
+      </c>
+      <c r="J42" t="s">
+        <v>139</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>274</v>
+      </c>
+      <c r="M42" t="s">
+        <v>114</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>290</v>
+      </c>
+      <c r="P42" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>292</v>
+      </c>
+      <c r="B43" t="s">
+        <v>293</v>
+      </c>
+      <c r="C43" t="s">
+        <v>145</v>
+      </c>
+      <c r="D43" t="s">
+        <v>294</v>
+      </c>
+      <c r="E43" t="s">
+        <v>51</v>
+      </c>
+      <c r="F43" t="s">
+        <v>112</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2014</v>
+      </c>
+      <c r="I43">
+        <v>2021</v>
+      </c>
+      <c r="J43" t="s">
+        <v>139</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>295</v>
+      </c>
+      <c r="M43" t="s">
+        <v>114</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>296</v>
+      </c>
+      <c r="P43" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>298</v>
+      </c>
+      <c r="B44" t="s">
+        <v>299</v>
+      </c>
+      <c r="C44" t="s">
+        <v>145</v>
+      </c>
+      <c r="D44" t="s">
+        <v>300</v>
+      </c>
+      <c r="E44" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44" t="s">
+        <v>112</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2004</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>139</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>301</v>
+      </c>
+      <c r="M44" t="s">
+        <v>114</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>302</v>
+      </c>
+      <c r="P44" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>304</v>
+      </c>
+      <c r="B45" t="s">
+        <v>305</v>
+      </c>
+      <c r="C45" t="s">
+        <v>145</v>
+      </c>
+      <c r="D45" t="s">
+        <v>255</v>
+      </c>
+      <c r="E45" t="s">
+        <v>51</v>
+      </c>
+      <c r="F45" t="s">
+        <v>112</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>1995</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>139</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>306</v>
+      </c>
+      <c r="M45" t="s">
+        <v>114</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>307</v>
+      </c>
+      <c r="P45" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>309</v>
+      </c>
+      <c r="B46" t="s">
+        <v>310</v>
+      </c>
+      <c r="C46" t="s">
+        <v>145</v>
+      </c>
+      <c r="D46" t="s">
+        <v>100</v>
+      </c>
+      <c r="E46" t="s">
+        <v>51</v>
+      </c>
+      <c r="F46" t="s">
+        <v>112</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1996</v>
+      </c>
+      <c r="I46">
+        <v>2014</v>
+      </c>
+      <c r="J46" t="s">
+        <v>139</v>
+      </c>
+      <c r="K46" t="s">
+        <v>176</v>
+      </c>
+      <c r="L46" t="s">
+        <v>311</v>
+      </c>
+      <c r="M46" t="s">
+        <v>114</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>312</v>
+      </c>
+      <c r="P46" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>314</v>
+      </c>
+      <c r="B47" t="s">
+        <v>315</v>
+      </c>
+      <c r="C47" t="s">
+        <v>145</v>
+      </c>
+      <c r="D47" t="s">
+        <v>316</v>
+      </c>
+      <c r="E47" t="s">
+        <v>51</v>
+      </c>
+      <c r="F47" t="s">
+        <v>112</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2001</v>
       </c>
-      <c r="H41">
+      <c r="I47">
         <v>2018</v>
       </c>
-      <c r="I41" t="s">
-[...22 lines deleted...]
-      <c r="B42" t="s">
+      <c r="J47" t="s">
+        <v>139</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>317</v>
+      </c>
+      <c r="M47" t="s">
+        <v>114</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>318</v>
+      </c>
+      <c r="P47" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>320</v>
+      </c>
+      <c r="B48" t="s">
+        <v>321</v>
+      </c>
+      <c r="C48" t="s">
+        <v>145</v>
+      </c>
+      <c r="D48" t="s">
+        <v>138</v>
+      </c>
+      <c r="E48" t="s">
+        <v>51</v>
+      </c>
+      <c r="F48" t="s">
         <v>112</v>
       </c>
-      <c r="C42" t="s">
-[...11 lines deleted...]
-      <c r="G42">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1996</v>
+      </c>
+      <c r="I48">
+        <v>2016</v>
+      </c>
+      <c r="J48" t="s">
+        <v>139</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>322</v>
+      </c>
+      <c r="M48" t="s">
+        <v>114</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>323</v>
+      </c>
+      <c r="P48" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>325</v>
+      </c>
+      <c r="B49" t="s">
+        <v>326</v>
+      </c>
+      <c r="C49" t="s">
+        <v>145</v>
+      </c>
+      <c r="D49" t="s">
+        <v>105</v>
+      </c>
+      <c r="E49" t="s">
+        <v>51</v>
+      </c>
+      <c r="F49" t="s">
+        <v>112</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2001</v>
+      </c>
+      <c r="I49">
+        <v>2014</v>
+      </c>
+      <c r="J49" t="s">
+        <v>139</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>327</v>
+      </c>
+      <c r="M49" t="s">
+        <v>114</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>328</v>
+      </c>
+      <c r="P49" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>330</v>
+      </c>
+      <c r="B50" t="s">
+        <v>331</v>
+      </c>
+      <c r="C50" t="s">
+        <v>145</v>
+      </c>
+      <c r="D50" t="s">
+        <v>332</v>
+      </c>
+      <c r="E50" t="s">
+        <v>51</v>
+      </c>
+      <c r="F50" t="s">
+        <v>112</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2012</v>
       </c>
-      <c r="H42">
-[...25 lines deleted...]
-      <c r="B43" t="s">
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>139</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>333</v>
+      </c>
+      <c r="M50" t="s">
+        <v>114</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>334</v>
+      </c>
+      <c r="P50" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>336</v>
+      </c>
+      <c r="B51" t="s">
+        <v>337</v>
+      </c>
+      <c r="C51" t="s">
+        <v>145</v>
+      </c>
+      <c r="D51" t="s">
+        <v>193</v>
+      </c>
+      <c r="E51" t="s">
+        <v>51</v>
+      </c>
+      <c r="F51" t="s">
         <v>112</v>
       </c>
-      <c r="C43" t="s">
-[...40 lines deleted...]
-      <c r="B44" t="s">
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2009</v>
+      </c>
+      <c r="I51">
+        <v>2015</v>
+      </c>
+      <c r="J51" t="s">
+        <v>139</v>
+      </c>
+      <c r="K51" t="s">
+        <v>338</v>
+      </c>
+      <c r="L51" t="s">
+        <v>339</v>
+      </c>
+      <c r="M51" t="s">
+        <v>114</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>340</v>
+      </c>
+      <c r="P51" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>342</v>
+      </c>
+      <c r="B52" t="s">
+        <v>343</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>344</v>
+      </c>
+      <c r="E52" t="s">
+        <v>51</v>
+      </c>
+      <c r="F52" t="s">
         <v>112</v>
       </c>
-      <c r="C44" t="s">
-[...58 lines deleted...]
-      <c r="H45">
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2003</v>
+      </c>
+      <c r="I52">
         <v>2015</v>
       </c>
-      <c r="I45" t="s">
-[...309 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>179</v>
+        <v>139</v>
       </c>
       <c r="K52" t="s">
         <v>244</v>
       </c>
       <c r="L52" t="s">
-        <v>91</v>
+        <v>345</v>
       </c>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N52" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>346</v>
+      </c>
+      <c r="P52" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>246</v>
+        <v>348</v>
       </c>
       <c r="B53" t="s">
+        <v>349</v>
+      </c>
+      <c r="C53" t="s">
+        <v>145</v>
+      </c>
+      <c r="D53" t="s">
+        <v>350</v>
+      </c>
+      <c r="E53" t="s">
+        <v>51</v>
+      </c>
+      <c r="F53" t="s">
         <v>112</v>
       </c>
-      <c r="C53" t="s">
-[...2 lines deleted...]
-      <c r="D53" t="s">
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2004</v>
+      </c>
+      <c r="I53">
+        <v>2020</v>
+      </c>
+      <c r="J53" t="s">
+        <v>139</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>351</v>
+      </c>
+      <c r="M53" t="s">
+        <v>114</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>352</v>
+      </c>
+      <c r="P53" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>354</v>
+      </c>
+      <c r="B54" t="s">
+        <v>355</v>
+      </c>
+      <c r="C54" t="s">
+        <v>145</v>
+      </c>
+      <c r="D54" t="s">
+        <v>70</v>
+      </c>
+      <c r="E54" t="s">
+        <v>51</v>
+      </c>
+      <c r="F54" t="s">
+        <v>112</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1996</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>139</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>356</v>
+      </c>
+      <c r="M54" t="s">
+        <v>114</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>357</v>
+      </c>
+      <c r="P54" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>359</v>
+      </c>
+      <c r="B55" t="s">
+        <v>360</v>
+      </c>
+      <c r="C55" t="s">
+        <v>145</v>
+      </c>
+      <c r="D55" t="s">
+        <v>361</v>
+      </c>
+      <c r="E55" t="s">
+        <v>51</v>
+      </c>
+      <c r="F55" t="s">
+        <v>112</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2001</v>
+      </c>
+      <c r="I55">
+        <v>2018</v>
+      </c>
+      <c r="J55" t="s">
+        <v>139</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>362</v>
+      </c>
+      <c r="M55" t="s">
+        <v>114</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>363</v>
+      </c>
+      <c r="P55" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>365</v>
+      </c>
+      <c r="B56" t="s">
+        <v>366</v>
+      </c>
+      <c r="C56" t="s">
+        <v>145</v>
+      </c>
+      <c r="D56" t="s">
+        <v>279</v>
+      </c>
+      <c r="E56" t="s">
+        <v>51</v>
+      </c>
+      <c r="F56" t="s">
+        <v>112</v>
+      </c>
+      <c r="G56" t="s">
+        <v>61</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>139</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>367</v>
+      </c>
+      <c r="M56" t="s">
+        <v>114</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>368</v>
+      </c>
+      <c r="P56" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>370</v>
+      </c>
+      <c r="B57" t="s">
+        <v>371</v>
+      </c>
+      <c r="C57" t="s">
+        <v>145</v>
+      </c>
+      <c r="D57" t="s">
+        <v>372</v>
+      </c>
+      <c r="E57" t="s">
+        <v>51</v>
+      </c>
+      <c r="F57" t="s">
+        <v>112</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2004</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
+      <c r="J57" t="s">
+        <v>139</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>373</v>
+      </c>
+      <c r="M57" t="s">
+        <v>114</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>374</v>
+      </c>
+      <c r="P57" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>376</v>
+      </c>
+      <c r="B58" t="s">
+        <v>377</v>
+      </c>
+      <c r="C58" t="s">
+        <v>145</v>
+      </c>
+      <c r="D58" t="s">
+        <v>378</v>
+      </c>
+      <c r="E58" t="s">
+        <v>51</v>
+      </c>
+      <c r="F58" t="s">
+        <v>112</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1998</v>
+      </c>
+      <c r="I58">
+        <v>2019</v>
+      </c>
+      <c r="J58" t="s">
+        <v>139</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>379</v>
+      </c>
+      <c r="M58" t="s">
+        <v>114</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>380</v>
+      </c>
+      <c r="P58" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>382</v>
+      </c>
+      <c r="B59" t="s">
+        <v>383</v>
+      </c>
+      <c r="C59" t="s">
+        <v>145</v>
+      </c>
+      <c r="D59" t="s">
+        <v>384</v>
+      </c>
+      <c r="E59" t="s">
+        <v>51</v>
+      </c>
+      <c r="F59" t="s">
+        <v>112</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>139</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>385</v>
+      </c>
+      <c r="M59" t="s">
+        <v>114</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>386</v>
+      </c>
+      <c r="P59" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>388</v>
+      </c>
+      <c r="B60" t="s">
+        <v>389</v>
+      </c>
+      <c r="C60" t="s">
+        <v>145</v>
+      </c>
+      <c r="D60" t="s">
+        <v>390</v>
+      </c>
+      <c r="E60" t="s">
+        <v>51</v>
+      </c>
+      <c r="F60" t="s">
+        <v>112</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2010</v>
+      </c>
+      <c r="I60">
+        <v>2014</v>
+      </c>
+      <c r="J60" t="s">
+        <v>139</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>391</v>
+      </c>
+      <c r="M60" t="s">
+        <v>114</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>392</v>
+      </c>
+      <c r="P60" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>394</v>
+      </c>
+      <c r="B61" t="s">
+        <v>395</v>
+      </c>
+      <c r="C61" t="s">
+        <v>396</v>
+      </c>
+      <c r="D61" t="s">
+        <v>397</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>60</v>
+      </c>
+      <c r="G61" t="s">
+        <v>61</v>
+      </c>
+      <c r="H61">
+        <v>2022</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>62</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>398</v>
+      </c>
+      <c r="N61" t="s">
+        <v>64</v>
+      </c>
+      <c r="O61" t="s">
+        <v>399</v>
+      </c>
+      <c r="P61" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>401</v>
+      </c>
+      <c r="B62" t="s">
+        <v>402</v>
+      </c>
+      <c r="C62" t="s">
+        <v>403</v>
+      </c>
+      <c r="D62" t="s">
+        <v>105</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>71</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>1998</v>
+      </c>
+      <c r="I62">
+        <v>2012</v>
+      </c>
+      <c r="J62" t="s">
+        <v>404</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>405</v>
+      </c>
+      <c r="M62" t="s">
+        <v>406</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>407</v>
+      </c>
+      <c r="P62" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>409</v>
+      </c>
+      <c r="B63" t="s">
+        <v>410</v>
+      </c>
+      <c r="C63" t="s">
+        <v>403</v>
+      </c>
+      <c r="D63" t="s">
+        <v>411</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>71</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2008</v>
+      </c>
+      <c r="I63">
+        <v>2010</v>
+      </c>
+      <c r="J63" t="s">
+        <v>404</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>412</v>
+      </c>
+      <c r="M63" t="s">
+        <v>406</v>
+      </c>
+      <c r="N63" t="s">
+        <v>36</v>
+      </c>
+      <c r="O63" t="s">
+        <v>413</v>
+      </c>
+      <c r="P63" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>414</v>
+      </c>
+      <c r="B64" t="s">
+        <v>415</v>
+      </c>
+      <c r="C64" t="s">
+        <v>403</v>
+      </c>
+      <c r="D64" t="s">
+        <v>390</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>71</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2002</v>
+      </c>
+      <c r="I64">
+        <v>2008</v>
+      </c>
+      <c r="J64" t="s">
+        <v>404</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>416</v>
+      </c>
+      <c r="M64" t="s">
+        <v>406</v>
+      </c>
+      <c r="N64" t="s">
+        <v>36</v>
+      </c>
+      <c r="O64" t="s">
+        <v>417</v>
+      </c>
+      <c r="P64" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>418</v>
+      </c>
+      <c r="B65" t="s">
+        <v>419</v>
+      </c>
+      <c r="C65" t="s">
+        <v>403</v>
+      </c>
+      <c r="D65" t="s">
+        <v>70</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2008</v>
+      </c>
+      <c r="I65">
+        <v>2006</v>
+      </c>
+      <c r="J65" t="s">
+        <v>404</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>420</v>
+      </c>
+      <c r="M65" t="s">
+        <v>406</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>421</v>
+      </c>
+      <c r="P65" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>422</v>
+      </c>
+      <c r="B66" t="s">
+        <v>423</v>
+      </c>
+      <c r="C66" t="s">
+        <v>403</v>
+      </c>
+      <c r="D66" t="s">
+        <v>424</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>71</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2007</v>
+      </c>
+      <c r="I66">
+        <v>2012</v>
+      </c>
+      <c r="J66" t="s">
+        <v>404</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>425</v>
+      </c>
+      <c r="M66" t="s">
+        <v>406</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>426</v>
+      </c>
+      <c r="P66" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>427</v>
+      </c>
+      <c r="B67" t="s">
+        <v>428</v>
+      </c>
+      <c r="C67" t="s">
+        <v>403</v>
+      </c>
+      <c r="D67" t="s">
+        <v>70</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
         <v>42</v>
       </c>
-      <c r="E53" t="s">
-[...40 lines deleted...]
-      <c r="D54" t="s">
+      <c r="G67" t="s">
+        <v>61</v>
+      </c>
+      <c r="H67">
+        <v>2009</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>404</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>406</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>429</v>
+      </c>
+      <c r="P67" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>430</v>
+      </c>
+      <c r="B68" t="s">
+        <v>431</v>
+      </c>
+      <c r="C68" t="s">
+        <v>403</v>
+      </c>
+      <c r="D68" t="s">
+        <v>432</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>71</v>
+      </c>
+      <c r="G68" t="s">
+        <v>61</v>
+      </c>
+      <c r="H68">
+        <v>2013</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>404</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>433</v>
+      </c>
+      <c r="M68" t="s">
+        <v>406</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>434</v>
+      </c>
+      <c r="P68" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>435</v>
+      </c>
+      <c r="B69" t="s">
+        <v>436</v>
+      </c>
+      <c r="C69" t="s">
+        <v>403</v>
+      </c>
+      <c r="D69" t="s">
+        <v>261</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>71</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2012</v>
+      </c>
+      <c r="I69">
+        <v>2010</v>
+      </c>
+      <c r="J69" t="s">
+        <v>404</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>437</v>
+      </c>
+      <c r="M69" t="s">
+        <v>406</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>438</v>
+      </c>
+      <c r="P69" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>439</v>
+      </c>
+      <c r="B70" t="s">
+        <v>440</v>
+      </c>
+      <c r="C70" t="s">
+        <v>403</v>
+      </c>
+      <c r="D70" t="s">
+        <v>441</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>71</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2012</v>
+      </c>
+      <c r="I70">
+        <v>2014</v>
+      </c>
+      <c r="J70" t="s">
+        <v>404</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>442</v>
+      </c>
+      <c r="M70" t="s">
+        <v>406</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>443</v>
+      </c>
+      <c r="P70" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>444</v>
+      </c>
+      <c r="B71" t="s">
+        <v>445</v>
+      </c>
+      <c r="C71" t="s">
+        <v>403</v>
+      </c>
+      <c r="D71" t="s">
+        <v>446</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>71</v>
+      </c>
+      <c r="G71" t="s">
+        <v>61</v>
+      </c>
+      <c r="H71">
+        <v>2009</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>404</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>447</v>
+      </c>
+      <c r="M71" t="s">
+        <v>406</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>448</v>
+      </c>
+      <c r="P71" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>449</v>
+      </c>
+      <c r="B72" t="s">
+        <v>450</v>
+      </c>
+      <c r="C72" t="s">
+        <v>403</v>
+      </c>
+      <c r="D72" t="s">
+        <v>255</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>61</v>
+      </c>
+      <c r="H72">
+        <v>2009</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>404</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>451</v>
+      </c>
+      <c r="M72" t="s">
+        <v>406</v>
+      </c>
+      <c r="N72" t="s">
+        <v>36</v>
+      </c>
+      <c r="O72" t="s">
+        <v>452</v>
+      </c>
+      <c r="P72" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>453</v>
+      </c>
+      <c r="B73" t="s">
+        <v>454</v>
+      </c>
+      <c r="C73" t="s">
+        <v>403</v>
+      </c>
+      <c r="D73" t="s">
+        <v>455</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>71</v>
+      </c>
+      <c r="G73" t="s">
+        <v>61</v>
+      </c>
+      <c r="H73">
+        <v>2013</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>404</v>
+      </c>
+      <c r="K73" t="s">
+        <v>456</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>406</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>457</v>
+      </c>
+      <c r="P73" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>458</v>
+      </c>
+      <c r="B74" t="s">
+        <v>459</v>
+      </c>
+      <c r="C74" t="s">
+        <v>403</v>
+      </c>
+      <c r="D74" t="s">
+        <v>100</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
         <v>42</v>
       </c>
-      <c r="E54" t="s">
-[...866 lines deleted...]
-        <v>2002</v>
+      <c r="G74" t="s">
+        <v>22</v>
       </c>
       <c r="H74">
         <v>2002</v>
       </c>
-      <c r="I74" t="s">
-        <v>283</v>
+      <c r="I74">
+        <v>2002</v>
       </c>
       <c r="J74" t="s">
-        <v>323</v>
+        <v>404</v>
       </c>
       <c r="K74" t="s">
-        <v>326</v>
+        <v>456</v>
       </c>
       <c r="L74" t="s">
-        <v>285</v>
+        <v>460</v>
       </c>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N74" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>461</v>
+      </c>
+      <c r="P74" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>328</v>
+        <v>462</v>
       </c>
       <c r="B75" t="s">
-        <v>282</v>
+        <v>463</v>
       </c>
       <c r="C75" t="s">
-        <v>81</v>
+        <v>403</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E75" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G75">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
         <v>1998</v>
       </c>
-      <c r="H75">
+      <c r="I75">
         <v>2009</v>
       </c>
-      <c r="I75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J75" t="s">
-        <v>323</v>
+        <v>404</v>
       </c>
       <c r="K75" t="s">
-        <v>329</v>
+        <v>456</v>
       </c>
       <c r="L75" t="s">
-        <v>285</v>
+        <v>464</v>
       </c>
       <c r="M75" t="s">
-        <v>31</v>
+        <v>406</v>
       </c>
       <c r="N75" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O75" t="s">
+        <v>465</v>
+      </c>
+      <c r="P75" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>331</v>
+        <v>466</v>
       </c>
       <c r="B76" t="s">
-        <v>282</v>
+        <v>467</v>
       </c>
       <c r="C76" t="s">
-        <v>332</v>
+        <v>403</v>
       </c>
       <c r="D76" t="s">
-        <v>17</v>
+        <v>468</v>
       </c>
       <c r="E76" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
       </c>
       <c r="H76">
         <v>2012</v>
       </c>
-      <c r="I76" t="s">
-        <v>283</v>
+      <c r="I76">
+        <v>2012</v>
       </c>
       <c r="J76" t="s">
-        <v>29</v>
+        <v>404</v>
       </c>
       <c r="K76" t="s">
-        <v>333</v>
+        <v>34</v>
       </c>
       <c r="L76" t="s">
-        <v>285</v>
+        <v>469</v>
       </c>
       <c r="M76" t="s">
-        <v>31</v>
+        <v>406</v>
       </c>
       <c r="N76" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O76" t="s">
+        <v>470</v>
+      </c>
+      <c r="P76" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>335</v>
+        <v>471</v>
       </c>
       <c r="B77" t="s">
-        <v>282</v>
+        <v>472</v>
       </c>
       <c r="C77" t="s">
-        <v>81</v>
+        <v>403</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E77" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G77">
+        <v>71</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2011</v>
       </c>
-      <c r="H77">
+      <c r="I77">
         <v>2015</v>
       </c>
-      <c r="I77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J77" t="s">
-        <v>29</v>
+        <v>473</v>
       </c>
       <c r="K77" t="s">
-        <v>337</v>
+        <v>34</v>
       </c>
       <c r="L77" t="s">
-        <v>285</v>
+        <v>474</v>
       </c>
       <c r="M77" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N77" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>475</v>
+      </c>
+      <c r="P77" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>339</v>
+        <v>476</v>
       </c>
       <c r="B78" t="s">
-        <v>282</v>
+        <v>477</v>
       </c>
       <c r="C78" t="s">
-        <v>340</v>
+        <v>403</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>478</v>
       </c>
       <c r="E78" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G78">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>61</v>
+      </c>
+      <c r="H78">
         <v>2013</v>
       </c>
-      <c r="H78"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I78"/>
       <c r="J78" t="s">
-        <v>323</v>
+        <v>404</v>
       </c>
       <c r="K78" t="s">
-        <v>341</v>
+        <v>456</v>
       </c>
       <c r="L78" t="s">
-        <v>285</v>
+        <v>479</v>
       </c>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N78" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>480</v>
+      </c>
+      <c r="P78" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>343</v>
+        <v>481</v>
       </c>
       <c r="B79" t="s">
-        <v>282</v>
+        <v>482</v>
       </c>
       <c r="C79" t="s">
-        <v>81</v>
+        <v>403</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E79" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G79">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
         <v>2011</v>
       </c>
-      <c r="H79">
+      <c r="I79">
         <v>2013</v>
       </c>
-      <c r="I79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J79" t="s">
-        <v>323</v>
-[...4 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="K79" t="s">
+        <v>456</v>
+      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N79" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>483</v>
+      </c>
+      <c r="P79" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>345</v>
+        <v>484</v>
       </c>
       <c r="B80" t="s">
-        <v>282</v>
+        <v>485</v>
       </c>
       <c r="C80" t="s">
-        <v>322</v>
+        <v>403</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>455</v>
       </c>
       <c r="E80" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G80">
+        <v>71</v>
+      </c>
+      <c r="G80" t="s">
+        <v>61</v>
+      </c>
+      <c r="H80">
         <v>2009</v>
       </c>
-      <c r="H80"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
-        <v>29</v>
+        <v>404</v>
       </c>
       <c r="K80" t="s">
-        <v>346</v>
+        <v>34</v>
       </c>
       <c r="L80" t="s">
-        <v>285</v>
+        <v>486</v>
       </c>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N80" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>487</v>
+      </c>
+      <c r="P80" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>348</v>
+        <v>488</v>
       </c>
       <c r="B81" t="s">
-        <v>282</v>
+        <v>489</v>
       </c>
       <c r="C81" t="s">
-        <v>107</v>
+        <v>403</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="E81" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G81">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>61</v>
+      </c>
+      <c r="H81">
         <v>2013</v>
       </c>
-      <c r="H81"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I81"/>
       <c r="J81" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81"/>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N81" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>490</v>
+      </c>
+      <c r="P81" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>350</v>
+        <v>491</v>
       </c>
       <c r="B82" t="s">
-        <v>282</v>
+        <v>492</v>
       </c>
       <c r="C82" t="s">
-        <v>351</v>
+        <v>403</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>493</v>
       </c>
       <c r="E82" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G82">
+        <v>71</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
         <v>2003</v>
       </c>
-      <c r="H82">
+      <c r="I82">
         <v>2010</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J82" t="s">
-        <v>323</v>
+        <v>404</v>
       </c>
       <c r="K82" t="s">
-        <v>352</v>
+        <v>456</v>
       </c>
       <c r="L82" t="s">
-        <v>285</v>
+        <v>494</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N82" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>495</v>
+      </c>
+      <c r="P82" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>354</v>
+        <v>496</v>
       </c>
       <c r="B83" t="s">
-        <v>282</v>
+        <v>497</v>
       </c>
       <c r="C83" t="s">
-        <v>98</v>
+        <v>403</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="E83" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G83">
+        <v>71</v>
+      </c>
+      <c r="G83" t="s">
+        <v>61</v>
+      </c>
+      <c r="H83">
         <v>2002</v>
       </c>
-      <c r="H83"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
-        <v>29</v>
+        <v>404</v>
       </c>
       <c r="K83" t="s">
-        <v>355</v>
+        <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>285</v>
+        <v>498</v>
       </c>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N83" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>499</v>
+      </c>
+      <c r="P83" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>357</v>
+        <v>500</v>
       </c>
       <c r="B84" t="s">
-        <v>282</v>
+        <v>501</v>
       </c>
       <c r="C84" t="s">
-        <v>358</v>
+        <v>403</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>502</v>
       </c>
       <c r="E84" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>71</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
       </c>
       <c r="H84">
         <v>2002</v>
       </c>
-      <c r="I84" t="s">
-        <v>283</v>
+      <c r="I84">
+        <v>2002</v>
       </c>
       <c r="J84" t="s">
-        <v>29</v>
+        <v>404</v>
       </c>
       <c r="K84" t="s">
-        <v>359</v>
+        <v>34</v>
       </c>
       <c r="L84" t="s">
-        <v>285</v>
+        <v>503</v>
       </c>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N84" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>504</v>
+      </c>
+      <c r="P84" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>361</v>
+        <v>505</v>
       </c>
       <c r="B85" t="s">
-        <v>282</v>
+        <v>506</v>
       </c>
       <c r="C85" t="s">
-        <v>362</v>
+        <v>403</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>507</v>
       </c>
       <c r="E85" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G85">
+        <v>71</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>1999</v>
       </c>
-      <c r="H85">
+      <c r="I85">
         <v>2009</v>
       </c>
-      <c r="I85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J85" t="s">
-        <v>29</v>
+        <v>404</v>
       </c>
       <c r="K85" t="s">
-        <v>363</v>
+        <v>34</v>
       </c>
       <c r="L85" t="s">
-        <v>285</v>
+        <v>508</v>
       </c>
       <c r="M85" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N85" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>509</v>
+      </c>
+      <c r="P85" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>365</v>
+        <v>510</v>
       </c>
       <c r="B86" t="s">
-        <v>282</v>
+        <v>511</v>
       </c>
       <c r="C86" t="s">
-        <v>165</v>
+        <v>403</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>224</v>
       </c>
       <c r="E86" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G86">
+        <v>71</v>
+      </c>
+      <c r="G86" t="s">
+        <v>61</v>
+      </c>
+      <c r="H86">
         <v>2004</v>
       </c>
-      <c r="H86"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I86"/>
       <c r="J86" t="s">
-        <v>29</v>
+        <v>404</v>
       </c>
       <c r="K86" t="s">
-        <v>366</v>
+        <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>285</v>
+        <v>512</v>
       </c>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N86" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>513</v>
+      </c>
+      <c r="P86" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>368</v>
+        <v>514</v>
       </c>
       <c r="B87" t="s">
-        <v>282</v>
+        <v>515</v>
       </c>
       <c r="C87" t="s">
-        <v>58</v>
+        <v>403</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E87" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G87">
+        <v>71</v>
+      </c>
+      <c r="G87" t="s">
+        <v>61</v>
+      </c>
+      <c r="H87">
         <v>2002</v>
       </c>
-      <c r="H87"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I87"/>
       <c r="J87" t="s">
-        <v>29</v>
+        <v>404</v>
       </c>
       <c r="K87" t="s">
-        <v>369</v>
+        <v>34</v>
       </c>
       <c r="L87" t="s">
-        <v>285</v>
+        <v>516</v>
       </c>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N87" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>517</v>
+      </c>
+      <c r="P87" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>371</v>
+        <v>518</v>
       </c>
       <c r="B88" t="s">
-        <v>282</v>
+        <v>519</v>
       </c>
       <c r="C88" t="s">
-        <v>81</v>
+        <v>403</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E88" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G88">
+        <v>42</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
         <v>2002</v>
       </c>
-      <c r="H88">
+      <c r="I88">
         <v>2010</v>
       </c>
-      <c r="I88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J88" t="s">
-        <v>323</v>
+        <v>404</v>
       </c>
       <c r="K88" t="s">
-        <v>372</v>
+        <v>456</v>
       </c>
       <c r="L88" t="s">
-        <v>285</v>
+        <v>520</v>
       </c>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N88" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>521</v>
+      </c>
+      <c r="P88" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>374</v>
+        <v>522</v>
       </c>
       <c r="B89" t="s">
-        <v>282</v>
+        <v>523</v>
       </c>
       <c r="C89" t="s">
-        <v>81</v>
+        <v>403</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E89" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G89">
+        <v>42</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
         <v>2002</v>
       </c>
-      <c r="H89">
+      <c r="I89">
         <v>2012</v>
       </c>
-      <c r="I89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J89" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89"/>
       <c r="M89" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N89" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>524</v>
+      </c>
+      <c r="P89" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>376</v>
+        <v>525</v>
       </c>
       <c r="B90" t="s">
-        <v>282</v>
+        <v>526</v>
       </c>
       <c r="C90" t="s">
-        <v>377</v>
+        <v>403</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>527</v>
       </c>
       <c r="E90" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>71</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
       </c>
       <c r="H90">
         <v>2002</v>
       </c>
-      <c r="I90" t="s">
-        <v>283</v>
+      <c r="I90">
+        <v>2002</v>
       </c>
       <c r="J90" t="s">
-        <v>29</v>
+        <v>404</v>
       </c>
       <c r="K90" t="s">
-        <v>378</v>
+        <v>34</v>
       </c>
       <c r="L90" t="s">
-        <v>285</v>
+        <v>528</v>
       </c>
       <c r="M90" t="s">
-        <v>31</v>
+        <v>406</v>
       </c>
       <c r="N90" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O90" t="s">
+        <v>529</v>
+      </c>
+      <c r="P90" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>380</v>
+        <v>530</v>
       </c>
       <c r="B91" t="s">
-        <v>282</v>
+        <v>531</v>
       </c>
       <c r="C91" t="s">
-        <v>381</v>
+        <v>403</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>532</v>
       </c>
       <c r="E91" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G91">
+        <v>71</v>
+      </c>
+      <c r="G91" t="s">
+        <v>61</v>
+      </c>
+      <c r="H91">
         <v>2009</v>
       </c>
-      <c r="H91"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I91"/>
       <c r="J91" t="s">
-        <v>29</v>
+        <v>404</v>
       </c>
       <c r="K91" t="s">
-        <v>308</v>
+        <v>34</v>
       </c>
       <c r="L91" t="s">
-        <v>285</v>
+        <v>437</v>
       </c>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N91" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>533</v>
+      </c>
+      <c r="P91" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>383</v>
+        <v>534</v>
       </c>
       <c r="B92" t="s">
-        <v>282</v>
+        <v>535</v>
       </c>
       <c r="C92" t="s">
-        <v>384</v>
+        <v>403</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>536</v>
       </c>
       <c r="E92" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>71</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
       </c>
       <c r="H92">
         <v>2012</v>
       </c>
-      <c r="I92" t="s">
-        <v>283</v>
+      <c r="I92">
+        <v>2012</v>
       </c>
       <c r="J92" t="s">
-        <v>29</v>
+        <v>404</v>
       </c>
       <c r="K92" t="s">
-        <v>385</v>
+        <v>34</v>
       </c>
       <c r="L92" t="s">
-        <v>285</v>
+        <v>537</v>
       </c>
       <c r="M92" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N92" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>538</v>
+      </c>
+      <c r="P92" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>387</v>
+        <v>539</v>
       </c>
       <c r="B93" t="s">
-        <v>282</v>
+        <v>540</v>
       </c>
       <c r="C93" t="s">
-        <v>388</v>
+        <v>403</v>
       </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>541</v>
       </c>
       <c r="E93" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>71</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
       </c>
       <c r="H93">
         <v>2012</v>
       </c>
-      <c r="I93" t="s">
-        <v>283</v>
+      <c r="I93">
+        <v>2012</v>
       </c>
       <c r="J93" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93"/>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N93" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>542</v>
+      </c>
+      <c r="P93" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>390</v>
+        <v>543</v>
       </c>
       <c r="B94" t="s">
-        <v>282</v>
+        <v>544</v>
       </c>
       <c r="C94" t="s">
-        <v>76</v>
+        <v>403</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="E94" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>71</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
       </c>
       <c r="H94">
         <v>2012</v>
       </c>
-      <c r="I94" t="s">
-        <v>283</v>
+      <c r="I94">
+        <v>2012</v>
       </c>
       <c r="J94" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94"/>
       <c r="M94" t="s">
+        <v>406</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>545</v>
+      </c>
+      <c r="P94" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>546</v>
+      </c>
+      <c r="B95" t="s">
+        <v>547</v>
+      </c>
+      <c r="C95" t="s">
+        <v>403</v>
+      </c>
+      <c r="D95" t="s">
+        <v>548</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>71</v>
+      </c>
+      <c r="G95" t="s">
+        <v>61</v>
+      </c>
+      <c r="H95">
+        <v>2004</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>404</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95" t="s">
+        <v>549</v>
+      </c>
+      <c r="M95" t="s">
+        <v>406</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>550</v>
+      </c>
+      <c r="P95" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>551</v>
+      </c>
+      <c r="B96" t="s">
+        <v>552</v>
+      </c>
+      <c r="C96" t="s">
+        <v>553</v>
+      </c>
+      <c r="D96" t="s">
+        <v>224</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2013</v>
+      </c>
+      <c r="I96">
+        <v>2014</v>
+      </c>
+      <c r="J96" t="s">
+        <v>139</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>554</v>
+      </c>
+      <c r="M96" t="s">
+        <v>555</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>556</v>
+      </c>
+      <c r="P96" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>558</v>
+      </c>
+      <c r="B97" t="s">
+        <v>559</v>
+      </c>
+      <c r="C97" t="s">
+        <v>553</v>
+      </c>
+      <c r="D97" t="s">
+        <v>560</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>42</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2013</v>
+      </c>
+      <c r="I97">
+        <v>2014</v>
+      </c>
+      <c r="J97" t="s">
+        <v>139</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>554</v>
+      </c>
+      <c r="M97" t="s">
+        <v>555</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>561</v>
+      </c>
+      <c r="P97" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>563</v>
+      </c>
+      <c r="B98" t="s">
+        <v>564</v>
+      </c>
+      <c r="C98" t="s">
+        <v>553</v>
+      </c>
+      <c r="D98" t="s">
+        <v>565</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2013</v>
+      </c>
+      <c r="I98">
+        <v>2014</v>
+      </c>
+      <c r="J98" t="s">
+        <v>139</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>554</v>
+      </c>
+      <c r="M98" t="s">
+        <v>555</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>566</v>
+      </c>
+      <c r="P98" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>568</v>
+      </c>
+      <c r="B99" t="s">
+        <v>569</v>
+      </c>
+      <c r="C99" t="s">
+        <v>553</v>
+      </c>
+      <c r="D99" t="s">
+        <v>93</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2013</v>
+      </c>
+      <c r="I99">
+        <v>2014</v>
+      </c>
+      <c r="J99" t="s">
+        <v>139</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>570</v>
+      </c>
+      <c r="M99" t="s">
+        <v>555</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>571</v>
+      </c>
+      <c r="P99" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>573</v>
+      </c>
+      <c r="B100" t="s">
+        <v>574</v>
+      </c>
+      <c r="C100" t="s">
+        <v>553</v>
+      </c>
+      <c r="D100" t="s">
+        <v>575</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2013</v>
+      </c>
+      <c r="I100">
+        <v>2014</v>
+      </c>
+      <c r="J100" t="s">
+        <v>139</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>576</v>
+      </c>
+      <c r="M100" t="s">
+        <v>555</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>577</v>
+      </c>
+      <c r="P100" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>579</v>
+      </c>
+      <c r="B101" t="s">
+        <v>580</v>
+      </c>
+      <c r="C101" t="s">
+        <v>553</v>
+      </c>
+      <c r="D101" t="s">
+        <v>581</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>42</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2013</v>
+      </c>
+      <c r="I101">
+        <v>2014</v>
+      </c>
+      <c r="J101" t="s">
+        <v>139</v>
+      </c>
+      <c r="K101" t="s">
+        <v>582</v>
+      </c>
+      <c r="L101" t="s">
+        <v>583</v>
+      </c>
+      <c r="M101" t="s">
+        <v>555</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>584</v>
+      </c>
+      <c r="P101" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>586</v>
+      </c>
+      <c r="B102" t="s">
+        <v>587</v>
+      </c>
+      <c r="C102" t="s">
+        <v>553</v>
+      </c>
+      <c r="D102" t="s">
+        <v>170</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>42</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2013</v>
+      </c>
+      <c r="I102">
+        <v>2014</v>
+      </c>
+      <c r="J102" t="s">
+        <v>139</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>588</v>
+      </c>
+      <c r="M102" t="s">
+        <v>555</v>
+      </c>
+      <c r="N102" t="s">
+        <v>589</v>
+      </c>
+      <c r="O102" t="s">
+        <v>590</v>
+      </c>
+      <c r="P102" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>592</v>
+      </c>
+      <c r="B103" t="s">
+        <v>593</v>
+      </c>
+      <c r="C103" t="s">
+        <v>553</v>
+      </c>
+      <c r="D103" t="s">
+        <v>138</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2013</v>
+      </c>
+      <c r="I103">
+        <v>2014</v>
+      </c>
+      <c r="J103" t="s">
+        <v>139</v>
+      </c>
+      <c r="K103" t="s">
+        <v>582</v>
+      </c>
+      <c r="L103" t="s">
+        <v>594</v>
+      </c>
+      <c r="M103" t="s">
+        <v>555</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>595</v>
+      </c>
+      <c r="P103" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>597</v>
+      </c>
+      <c r="B104" t="s">
+        <v>598</v>
+      </c>
+      <c r="C104" t="s">
+        <v>553</v>
+      </c>
+      <c r="D104" t="s">
+        <v>138</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>42</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2013</v>
+      </c>
+      <c r="I104">
+        <v>2014</v>
+      </c>
+      <c r="J104" t="s">
+        <v>139</v>
+      </c>
+      <c r="K104" t="s">
+        <v>582</v>
+      </c>
+      <c r="L104" t="s">
+        <v>599</v>
+      </c>
+      <c r="M104" t="s">
+        <v>555</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>600</v>
+      </c>
+      <c r="P104" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>602</v>
+      </c>
+      <c r="B105" t="s">
+        <v>603</v>
+      </c>
+      <c r="C105" t="s">
+        <v>553</v>
+      </c>
+      <c r="D105" t="s">
+        <v>105</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>42</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2013</v>
+      </c>
+      <c r="I105">
+        <v>2014</v>
+      </c>
+      <c r="J105" t="s">
+        <v>139</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105" t="s">
+        <v>604</v>
+      </c>
+      <c r="M105" t="s">
+        <v>555</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>605</v>
+      </c>
+      <c r="P105" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>607</v>
+      </c>
+      <c r="B106" t="s">
+        <v>608</v>
+      </c>
+      <c r="C106" t="s">
+        <v>553</v>
+      </c>
+      <c r="D106" t="s">
+        <v>105</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2013</v>
+      </c>
+      <c r="I106">
+        <v>2014</v>
+      </c>
+      <c r="J106" t="s">
+        <v>139</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>604</v>
+      </c>
+      <c r="M106" t="s">
+        <v>555</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>609</v>
+      </c>
+      <c r="P106" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>611</v>
+      </c>
+      <c r="B107" t="s">
+        <v>612</v>
+      </c>
+      <c r="C107" t="s">
+        <v>553</v>
+      </c>
+      <c r="D107" t="s">
+        <v>613</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>42</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2013</v>
+      </c>
+      <c r="I107">
+        <v>2014</v>
+      </c>
+      <c r="J107" t="s">
+        <v>139</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107" t="s">
+        <v>614</v>
+      </c>
+      <c r="M107" t="s">
+        <v>555</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>615</v>
+      </c>
+      <c r="P107" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>617</v>
+      </c>
+      <c r="B108" t="s">
+        <v>618</v>
+      </c>
+      <c r="C108" t="s">
+        <v>553</v>
+      </c>
+      <c r="D108" t="s">
+        <v>613</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2013</v>
+      </c>
+      <c r="I108">
+        <v>2014</v>
+      </c>
+      <c r="J108" t="s">
+        <v>139</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>619</v>
+      </c>
+      <c r="M108" t="s">
+        <v>555</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>620</v>
+      </c>
+      <c r="P108" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>622</v>
+      </c>
+      <c r="B109" t="s">
+        <v>623</v>
+      </c>
+      <c r="C109" t="s">
+        <v>553</v>
+      </c>
+      <c r="D109" t="s">
+        <v>624</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2013</v>
+      </c>
+      <c r="I109">
+        <v>2014</v>
+      </c>
+      <c r="J109" t="s">
+        <v>139</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>625</v>
+      </c>
+      <c r="M109" t="s">
+        <v>555</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>626</v>
+      </c>
+      <c r="P109"/>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>627</v>
+      </c>
+      <c r="B110" t="s">
+        <v>628</v>
+      </c>
+      <c r="C110" t="s">
+        <v>553</v>
+      </c>
+      <c r="D110" t="s">
+        <v>70</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>42</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2012</v>
+      </c>
+      <c r="I110">
+        <v>2013</v>
+      </c>
+      <c r="J110" t="s">
+        <v>139</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110" t="s">
+        <v>625</v>
+      </c>
+      <c r="M110" t="s">
+        <v>555</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>629</v>
+      </c>
+      <c r="P110" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>631</v>
+      </c>
+      <c r="B111" t="s">
+        <v>632</v>
+      </c>
+      <c r="C111" t="s">
+        <v>553</v>
+      </c>
+      <c r="D111" t="s">
+        <v>361</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2013</v>
+      </c>
+      <c r="I111">
+        <v>2014</v>
+      </c>
+      <c r="J111" t="s">
+        <v>139</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111" t="s">
+        <v>633</v>
+      </c>
+      <c r="M111" t="s">
+        <v>555</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>634</v>
+      </c>
+      <c r="P111" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>636</v>
+      </c>
+      <c r="B112" t="s">
+        <v>637</v>
+      </c>
+      <c r="C112" t="s">
+        <v>553</v>
+      </c>
+      <c r="D112" t="s">
+        <v>638</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2013</v>
+      </c>
+      <c r="I112">
+        <v>2014</v>
+      </c>
+      <c r="J112" t="s">
+        <v>139</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
+        <v>554</v>
+      </c>
+      <c r="M112" t="s">
+        <v>555</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>639</v>
+      </c>
+      <c r="P112" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>641</v>
+      </c>
+      <c r="B113" t="s">
+        <v>642</v>
+      </c>
+      <c r="C113" t="s">
+        <v>553</v>
+      </c>
+      <c r="D113" t="s">
+        <v>332</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2013</v>
+      </c>
+      <c r="I113">
+        <v>2014</v>
+      </c>
+      <c r="J113" t="s">
+        <v>139</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113" t="s">
+        <v>643</v>
+      </c>
+      <c r="M113" t="s">
+        <v>555</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>644</v>
+      </c>
+      <c r="P113" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>646</v>
+      </c>
+      <c r="B114" t="s">
+        <v>647</v>
+      </c>
+      <c r="C114" t="s">
+        <v>553</v>
+      </c>
+      <c r="D114" t="s">
+        <v>648</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2012</v>
+      </c>
+      <c r="I114">
+        <v>2013</v>
+      </c>
+      <c r="J114" t="s">
+        <v>139</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114" t="s">
+        <v>649</v>
+      </c>
+      <c r="M114" t="s">
+        <v>555</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>650</v>
+      </c>
+      <c r="P114" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>652</v>
+      </c>
+      <c r="B115" t="s">
+        <v>653</v>
+      </c>
+      <c r="C115" t="s">
+        <v>553</v>
+      </c>
+      <c r="D115" t="s">
+        <v>581</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2012</v>
+      </c>
+      <c r="I115">
+        <v>2013</v>
+      </c>
+      <c r="J115" t="s">
+        <v>139</v>
+      </c>
+      <c r="K115" t="s">
+        <v>582</v>
+      </c>
+      <c r="L115" t="s">
+        <v>654</v>
+      </c>
+      <c r="M115" t="s">
+        <v>555</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>655</v>
+      </c>
+      <c r="P115" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>657</v>
+      </c>
+      <c r="B116" t="s">
+        <v>658</v>
+      </c>
+      <c r="C116" t="s">
+        <v>553</v>
+      </c>
+      <c r="D116" t="s">
+        <v>119</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>42</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2012</v>
+      </c>
+      <c r="I116">
+        <v>2013</v>
+      </c>
+      <c r="J116" t="s">
+        <v>139</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116" t="s">
+        <v>583</v>
+      </c>
+      <c r="M116" t="s">
+        <v>555</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>659</v>
+      </c>
+      <c r="P116" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>661</v>
+      </c>
+      <c r="B117" t="s">
+        <v>662</v>
+      </c>
+      <c r="C117" t="s">
+        <v>663</v>
+      </c>
+      <c r="D117" t="s">
+        <v>664</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>71</v>
+      </c>
+      <c r="G117" t="s">
+        <v>61</v>
+      </c>
+      <c r="H117">
+        <v>2016</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>665</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>666</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>667</v>
+      </c>
+      <c r="P117" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>661</v>
+      </c>
+      <c r="B118" t="s">
+        <v>662</v>
+      </c>
+      <c r="C118" t="s">
+        <v>663</v>
+      </c>
+      <c r="D118" t="s">
+        <v>669</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>71</v>
+      </c>
+      <c r="G118" t="s">
+        <v>61</v>
+      </c>
+      <c r="H118">
+        <v>2016</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>665</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>666</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>670</v>
+      </c>
+      <c r="P118" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>671</v>
+      </c>
+      <c r="B119" t="s">
+        <v>672</v>
+      </c>
+      <c r="C119" t="s">
+        <v>663</v>
+      </c>
+      <c r="D119" t="s">
+        <v>70</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>71</v>
+      </c>
+      <c r="G119" t="s">
+        <v>61</v>
+      </c>
+      <c r="H119">
+        <v>2016</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>665</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>666</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>673</v>
+      </c>
+      <c r="P119" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>675</v>
+      </c>
+      <c r="B120" t="s">
+        <v>676</v>
+      </c>
+      <c r="C120" t="s">
+        <v>677</v>
+      </c>
+      <c r="D120" t="s">
+        <v>224</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>61</v>
+      </c>
+      <c r="H120">
+        <v>2015</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>665</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>678</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>679</v>
+      </c>
+      <c r="P120" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>681</v>
+      </c>
+      <c r="B121" t="s">
+        <v>682</v>
+      </c>
+      <c r="C121" t="s">
+        <v>78</v>
+      </c>
+      <c r="D121" t="s">
+        <v>378</v>
+      </c>
+      <c r="E121" t="s">
+        <v>51</v>
+      </c>
+      <c r="F121" t="s">
+        <v>683</v>
+      </c>
+      <c r="G121" t="s">
+        <v>61</v>
+      </c>
+      <c r="H121">
+        <v>2017</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>684</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121" t="s">
+        <v>685</v>
+      </c>
+      <c r="M121" t="s">
+        <v>81</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>686</v>
+      </c>
+      <c r="P121" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>688</v>
+      </c>
+      <c r="B122" t="s">
+        <v>689</v>
+      </c>
+      <c r="C122" t="s">
+        <v>78</v>
+      </c>
+      <c r="D122" t="s">
+        <v>690</v>
+      </c>
+      <c r="E122" t="s">
+        <v>691</v>
+      </c>
+      <c r="F122" t="s">
+        <v>683</v>
+      </c>
+      <c r="G122" t="s">
+        <v>61</v>
+      </c>
+      <c r="H122">
+        <v>2023</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>684</v>
+      </c>
+      <c r="K122" t="s">
+        <v>692</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>81</v>
+      </c>
+      <c r="N122" t="s">
+        <v>36</v>
+      </c>
+      <c r="O122" t="s">
+        <v>693</v>
+      </c>
+      <c r="P122" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>695</v>
+      </c>
+      <c r="B123" t="s">
+        <v>696</v>
+      </c>
+      <c r="C123" t="s">
+        <v>396</v>
+      </c>
+      <c r="D123" t="s">
+        <v>59</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>60</v>
+      </c>
+      <c r="G123" t="s">
+        <v>61</v>
+      </c>
+      <c r="H123">
+        <v>2022</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>62</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>697</v>
+      </c>
+      <c r="N123" t="s">
+        <v>64</v>
+      </c>
+      <c r="O123" t="s">
+        <v>698</v>
+      </c>
+      <c r="P123" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>700</v>
+      </c>
+      <c r="B124" t="s">
+        <v>701</v>
+      </c>
+      <c r="C124" t="s">
+        <v>78</v>
+      </c>
+      <c r="D124" t="s">
+        <v>702</v>
+      </c>
+      <c r="E124" t="s">
+        <v>51</v>
+      </c>
+      <c r="F124" t="s">
+        <v>703</v>
+      </c>
+      <c r="G124" t="s">
+        <v>61</v>
+      </c>
+      <c r="H124"/>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>684</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124" t="s">
+        <v>704</v>
+      </c>
+      <c r="M124" t="s">
+        <v>81</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>705</v>
+      </c>
+      <c r="P124" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>707</v>
+      </c>
+      <c r="B125" t="s">
+        <v>708</v>
+      </c>
+      <c r="C125" t="s">
+        <v>677</v>
+      </c>
+      <c r="D125" t="s">
+        <v>70</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>71</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2015</v>
+      </c>
+      <c r="I125">
+        <v>2018</v>
+      </c>
+      <c r="J125" t="s">
+        <v>709</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125" t="s">
+        <v>710</v>
+      </c>
+      <c r="M125" t="s">
+        <v>678</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>711</v>
+      </c>
+      <c r="P125" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>713</v>
+      </c>
+      <c r="B126" t="s">
+        <v>714</v>
+      </c>
+      <c r="C126" t="s">
+        <v>58</v>
+      </c>
+      <c r="D126" t="s">
+        <v>715</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>60</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>1982</v>
+      </c>
+      <c r="I126">
+        <v>2024</v>
+      </c>
+      <c r="J126" t="s">
+        <v>62</v>
+      </c>
+      <c r="K126" t="s">
         <v>24</v>
       </c>
-      <c r="N94" t="s">
-[...64 lines deleted...]
-      <c r="G96">
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>716</v>
+      </c>
+      <c r="N126" t="s">
+        <v>64</v>
+      </c>
+      <c r="O126" t="s">
+        <v>717</v>
+      </c>
+      <c r="P126" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>719</v>
+      </c>
+      <c r="B127" t="s">
+        <v>720</v>
+      </c>
+      <c r="C127" t="s">
+        <v>721</v>
+      </c>
+      <c r="D127" t="s">
+        <v>70</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>71</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
         <v>2013</v>
       </c>
-      <c r="H96">
-[...920 lines deleted...]
-      <c r="G117">
+      <c r="I127">
+        <v>2018</v>
+      </c>
+      <c r="J127" t="s">
+        <v>72</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127" t="s">
+        <v>722</v>
+      </c>
+      <c r="M127" t="s">
+        <v>723</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>724</v>
+      </c>
+      <c r="P127" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>726</v>
+      </c>
+      <c r="B128" t="s">
+        <v>727</v>
+      </c>
+      <c r="C128" t="s">
+        <v>721</v>
+      </c>
+      <c r="D128" t="s">
+        <v>728</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>71</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
         <v>2016</v>
       </c>
-      <c r="H117"/>
-[...36 lines deleted...]
-      <c r="G118">
+      <c r="I128">
+        <v>2019</v>
+      </c>
+      <c r="J128" t="s">
+        <v>72</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>723</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>729</v>
+      </c>
+      <c r="P128" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>731</v>
+      </c>
+      <c r="B129" t="s">
+        <v>732</v>
+      </c>
+      <c r="C129" t="s">
+        <v>721</v>
+      </c>
+      <c r="D129" t="s">
+        <v>733</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>61</v>
+      </c>
+      <c r="H129">
         <v>2016</v>
       </c>
-      <c r="H118"/>
-[...456 lines deleted...]
-      </c>
+      <c r="I129"/>
       <c r="J129" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129"/>
       <c r="M129" t="s">
-        <v>24</v>
+        <v>723</v>
       </c>
       <c r="N129" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>734</v>
+      </c>
+      <c r="P129" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>516</v>
+        <v>736</v>
       </c>
       <c r="B130" t="s">
-        <v>506</v>
+        <v>737</v>
       </c>
       <c r="C130" t="s">
-        <v>94</v>
+        <v>721</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E130" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>71</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
       </c>
       <c r="H130">
         <v>2018</v>
       </c>
-      <c r="I130" t="s">
-        <v>60</v>
+      <c r="I130">
+        <v>2018</v>
       </c>
       <c r="J130" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130"/>
       <c r="M130" t="s">
-        <v>24</v>
+        <v>723</v>
       </c>
       <c r="N130" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>738</v>
+      </c>
+      <c r="P130" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>518</v>
+        <v>739</v>
       </c>
       <c r="B131" t="s">
-        <v>506</v>
+        <v>740</v>
       </c>
       <c r="C131" t="s">
-        <v>144</v>
+        <v>721</v>
       </c>
       <c r="D131" t="s">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="E131" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>71</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
       </c>
       <c r="H131">
         <v>2018</v>
       </c>
-      <c r="I131" t="s">
-        <v>60</v>
+      <c r="I131">
+        <v>2018</v>
       </c>
       <c r="J131" t="s">
-        <v>239</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K131" t="s">
+        <v>338</v>
+      </c>
+      <c r="L131"/>
       <c r="M131" t="s">
-        <v>24</v>
+        <v>723</v>
       </c>
       <c r="N131" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>741</v>
+      </c>
+      <c r="P131" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>520</v>
+        <v>742</v>
       </c>
       <c r="B132" t="s">
-        <v>506</v>
+        <v>743</v>
       </c>
       <c r="C132" t="s">
-        <v>521</v>
+        <v>721</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>744</v>
       </c>
       <c r="E132" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G132">
+        <v>71</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
         <v>2007</v>
       </c>
-      <c r="H132">
+      <c r="I132">
         <v>2018</v>
       </c>
-      <c r="I132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J132" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="K132" t="s">
-        <v>522</v>
+        <v>34</v>
       </c>
       <c r="L132" t="s">
-        <v>508</v>
+        <v>745</v>
       </c>
       <c r="M132" t="s">
-        <v>24</v>
+        <v>723</v>
       </c>
       <c r="N132" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>746</v>
+      </c>
+      <c r="P132" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>524</v>
+        <v>747</v>
       </c>
       <c r="B133" t="s">
-        <v>506</v>
+        <v>740</v>
       </c>
       <c r="C133" t="s">
-        <v>84</v>
+        <v>721</v>
       </c>
       <c r="D133" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E133" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G133">
+        <v>71</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
         <v>2007</v>
       </c>
-      <c r="H133">
+      <c r="I133">
         <v>2018</v>
       </c>
-      <c r="I133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J133" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="K133" t="s">
-        <v>525</v>
+        <v>34</v>
       </c>
       <c r="L133" t="s">
-        <v>508</v>
+        <v>748</v>
       </c>
       <c r="M133" t="s">
-        <v>24</v>
+        <v>723</v>
       </c>
       <c r="N133" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>749</v>
+      </c>
+      <c r="P133" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>527</v>
+        <v>750</v>
       </c>
       <c r="B134" t="s">
-        <v>506</v>
+        <v>751</v>
       </c>
       <c r="C134" t="s">
-        <v>511</v>
+        <v>721</v>
       </c>
       <c r="D134" t="s">
-        <v>17</v>
+        <v>728</v>
       </c>
       <c r="E134" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G134">
+        <v>71</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
         <v>2016</v>
       </c>
-      <c r="H134">
+      <c r="I134">
         <v>2019</v>
       </c>
-      <c r="I134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J134" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134"/>
       <c r="M134" t="s">
-        <v>24</v>
+        <v>723</v>
       </c>
       <c r="N134" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>752</v>
+      </c>
+      <c r="P134" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>529</v>
+        <v>753</v>
       </c>
       <c r="B135" t="s">
-        <v>506</v>
+        <v>754</v>
       </c>
       <c r="C135" t="s">
-        <v>76</v>
+        <v>721</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="E135" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>61</v>
+      </c>
+      <c r="H135">
+        <v>2016</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>404</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135" t="s">
+        <v>755</v>
+      </c>
+      <c r="M135" t="s">
+        <v>723</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>756</v>
+      </c>
+      <c r="P135" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>758</v>
+      </c>
+      <c r="B136" t="s">
+        <v>759</v>
+      </c>
+      <c r="C136" t="s">
+        <v>92</v>
+      </c>
+      <c r="D136" t="s">
+        <v>638</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>71</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2007</v>
+      </c>
+      <c r="I136">
+        <v>2011</v>
+      </c>
+      <c r="J136" t="s">
+        <v>94</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136" t="s">
+        <v>760</v>
+      </c>
+      <c r="M136" t="s">
+        <v>761</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>762</v>
+      </c>
+      <c r="P136" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>764</v>
+      </c>
+      <c r="B137" t="s">
+        <v>765</v>
+      </c>
+      <c r="C137" t="s">
+        <v>92</v>
+      </c>
+      <c r="D137" t="s">
+        <v>468</v>
+      </c>
+      <c r="E137" t="s">
         <v>51</v>
       </c>
-      <c r="G135">
-[...81 lines deleted...]
-      </c>
       <c r="F137" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
       </c>
       <c r="H137">
         <v>2006</v>
       </c>
-      <c r="I137" t="s">
-        <v>77</v>
+      <c r="I137">
+        <v>2006</v>
       </c>
       <c r="J137" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137"/>
       <c r="M137" t="s">
-        <v>31</v>
+        <v>761</v>
       </c>
       <c r="N137" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O137" t="s">
+        <v>766</v>
+      </c>
+      <c r="P137"/>
+    </row>
+    <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>538</v>
+        <v>767</v>
       </c>
       <c r="B138" t="s">
-        <v>75</v>
+        <v>768</v>
       </c>
       <c r="C138" t="s">
-        <v>198</v>
+        <v>92</v>
       </c>
       <c r="D138" t="s">
-        <v>17</v>
+        <v>273</v>
       </c>
       <c r="E138" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G138">
+        <v>71</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
         <v>2006</v>
       </c>
-      <c r="H138">
+      <c r="I138">
         <v>2015</v>
       </c>
-      <c r="I138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J138" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138"/>
       <c r="M138" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="N138" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>769</v>
+      </c>
+      <c r="P138" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>540</v>
+        <v>771</v>
       </c>
       <c r="B139" t="s">
-        <v>75</v>
+        <v>772</v>
       </c>
       <c r="C139" t="s">
-        <v>541</v>
+        <v>92</v>
       </c>
       <c r="D139" t="s">
-        <v>17</v>
+        <v>773</v>
       </c>
       <c r="E139" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F139" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G139">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>61</v>
+      </c>
+      <c r="H139">
         <v>2016</v>
       </c>
-      <c r="H139"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I139"/>
       <c r="J139" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139"/>
       <c r="M139" t="s">
-        <v>24</v>
+        <v>761</v>
       </c>
       <c r="N139" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>774</v>
+      </c>
+      <c r="P139" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>543</v>
+        <v>776</v>
       </c>
       <c r="B140" t="s">
-        <v>75</v>
+        <v>777</v>
       </c>
       <c r="C140" t="s">
-        <v>340</v>
+        <v>92</v>
       </c>
       <c r="D140" t="s">
-        <v>17</v>
+        <v>478</v>
       </c>
       <c r="E140" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
       </c>
       <c r="H140">
         <v>2016</v>
       </c>
-      <c r="I140" t="s">
-        <v>77</v>
+      <c r="I140">
+        <v>2016</v>
       </c>
       <c r="J140" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140"/>
       <c r="M140" t="s">
-        <v>24</v>
+        <v>761</v>
       </c>
       <c r="N140" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>778</v>
+      </c>
+      <c r="P140" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>545</v>
+        <v>779</v>
       </c>
       <c r="B141" t="s">
-        <v>75</v>
+        <v>780</v>
       </c>
       <c r="C141" t="s">
-        <v>393</v>
+        <v>92</v>
       </c>
       <c r="D141" t="s">
-        <v>17</v>
+        <v>548</v>
       </c>
       <c r="E141" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F141" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G141">
+        <v>42</v>
+      </c>
+      <c r="G141" t="s">
+        <v>61</v>
+      </c>
+      <c r="H141">
         <v>2014</v>
       </c>
-      <c r="H141"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I141"/>
       <c r="J141" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L141" t="s">
+        <v>94</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>95</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>781</v>
+      </c>
+      <c r="P141" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>783</v>
+      </c>
+      <c r="B142" t="s">
+        <v>784</v>
+      </c>
+      <c r="C142" t="s">
+        <v>92</v>
+      </c>
+      <c r="D142" t="s">
+        <v>648</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2012</v>
+      </c>
+      <c r="I142">
+        <v>2013</v>
+      </c>
+      <c r="J142" t="s">
+        <v>94</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142" t="s">
+        <v>785</v>
+      </c>
+      <c r="M142" t="s">
+        <v>761</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>786</v>
+      </c>
+      <c r="P142" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>788</v>
+      </c>
+      <c r="B143" t="s">
+        <v>789</v>
+      </c>
+      <c r="C143" t="s">
+        <v>92</v>
+      </c>
+      <c r="D143" t="s">
+        <v>455</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>71</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>1986</v>
+      </c>
+      <c r="I143">
+        <v>2012</v>
+      </c>
+      <c r="J143" t="s">
+        <v>94</v>
+      </c>
+      <c r="K143" t="s">
+        <v>790</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>791</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>792</v>
+      </c>
+      <c r="P143" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>794</v>
+      </c>
+      <c r="B144" t="s">
+        <v>784</v>
+      </c>
+      <c r="C144" t="s">
+        <v>92</v>
+      </c>
+      <c r="D144" t="s">
+        <v>164</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>1986</v>
+      </c>
+      <c r="I144">
+        <v>2014</v>
+      </c>
+      <c r="J144" t="s">
+        <v>94</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>761</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>795</v>
+      </c>
+      <c r="P144" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>797</v>
+      </c>
+      <c r="B145" t="s">
+        <v>798</v>
+      </c>
+      <c r="C145" t="s">
+        <v>92</v>
+      </c>
+      <c r="D145" t="s">
+        <v>799</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>71</v>
+      </c>
+      <c r="G145" t="s">
+        <v>61</v>
+      </c>
+      <c r="H145">
+        <v>2004</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>94</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>791</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>800</v>
+      </c>
+      <c r="P145" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>802</v>
+      </c>
+      <c r="B146" t="s">
+        <v>803</v>
+      </c>
+      <c r="C146" t="s">
         <v>78</v>
       </c>
-      <c r="M141" t="s">
-[...183 lines deleted...]
-      </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>804</v>
       </c>
       <c r="E146" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G146">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>61</v>
+      </c>
+      <c r="H146">
         <v>2019</v>
       </c>
-      <c r="H146"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I146"/>
       <c r="J146" t="s">
-        <v>561</v>
-[...4 lines deleted...]
-      </c>
+        <v>665</v>
+      </c>
+      <c r="K146" t="s">
+        <v>805</v>
+      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
-        <v>562</v>
+        <v>81</v>
       </c>
       <c r="N146" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:14">
+        <v>806</v>
+      </c>
+      <c r="O146" t="s">
+        <v>807</v>
+      </c>
+      <c r="P146" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>564</v>
+        <v>809</v>
       </c>
       <c r="B147" t="s">
-        <v>75</v>
+        <v>810</v>
       </c>
       <c r="C147" t="s">
-        <v>254</v>
+        <v>92</v>
       </c>
       <c r="D147" t="s">
-        <v>17</v>
+        <v>361</v>
       </c>
       <c r="E147" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F147" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
       </c>
       <c r="H147">
         <v>2011</v>
       </c>
-      <c r="I147" t="s">
-        <v>77</v>
+      <c r="I147">
+        <v>2011</v>
       </c>
       <c r="J147" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
       <c r="K147" t="s">
-        <v>565</v>
+        <v>34</v>
       </c>
       <c r="L147" t="s">
-        <v>534</v>
+        <v>811</v>
       </c>
       <c r="M147" t="s">
+        <v>761</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>812</v>
+      </c>
+      <c r="P147" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>814</v>
+      </c>
+      <c r="B148" t="s">
+        <v>815</v>
+      </c>
+      <c r="C148" t="s">
+        <v>18</v>
+      </c>
+      <c r="D148" t="s">
+        <v>816</v>
+      </c>
+      <c r="E148" t="s">
+        <v>51</v>
+      </c>
+      <c r="F148" t="s">
+        <v>112</v>
+      </c>
+      <c r="G148" t="s">
+        <v>61</v>
+      </c>
+      <c r="H148">
+        <v>2013</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>139</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148" t="s">
+        <v>817</v>
+      </c>
+      <c r="M148" t="s">
+        <v>818</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>819</v>
+      </c>
+      <c r="P148" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>821</v>
+      </c>
+      <c r="B149" t="s">
+        <v>822</v>
+      </c>
+      <c r="C149" t="s">
+        <v>823</v>
+      </c>
+      <c r="D149" t="s">
+        <v>200</v>
+      </c>
+      <c r="E149" t="s">
+        <v>51</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>61</v>
+      </c>
+      <c r="H149">
+        <v>2021</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>824</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149" t="s">
+        <v>825</v>
+      </c>
+      <c r="M149" t="s">
+        <v>826</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>827</v>
+      </c>
+      <c r="P149"/>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>828</v>
+      </c>
+      <c r="B150" t="s">
+        <v>829</v>
+      </c>
+      <c r="C150" t="s">
+        <v>823</v>
+      </c>
+      <c r="D150" t="s">
+        <v>119</v>
+      </c>
+      <c r="E150" t="s">
+        <v>51</v>
+      </c>
+      <c r="F150" t="s">
+        <v>42</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2002</v>
+      </c>
+      <c r="I150">
+        <v>2015</v>
+      </c>
+      <c r="J150" t="s">
+        <v>830</v>
+      </c>
+      <c r="K150" t="s">
         <v>24</v>
       </c>
-      <c r="N147" t="s">
-[...13 lines deleted...]
-      <c r="D148" t="s">
+      <c r="L150" t="s">
+        <v>831</v>
+      </c>
+      <c r="M150" t="s">
+        <v>826</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>832</v>
+      </c>
+      <c r="P150" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>834</v>
+      </c>
+      <c r="B151" t="s">
+        <v>835</v>
+      </c>
+      <c r="C151" t="s">
+        <v>823</v>
+      </c>
+      <c r="D151" t="s">
+        <v>119</v>
+      </c>
+      <c r="E151" t="s">
+        <v>51</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2013</v>
+      </c>
+      <c r="I151">
+        <v>2015</v>
+      </c>
+      <c r="J151" t="s">
+        <v>830</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>836</v>
+      </c>
+      <c r="M151" t="s">
+        <v>826</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>837</v>
+      </c>
+      <c r="P151" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>838</v>
+      </c>
+      <c r="B152" t="s">
+        <v>839</v>
+      </c>
+      <c r="C152" t="s">
+        <v>823</v>
+      </c>
+      <c r="D152" t="s">
+        <v>840</v>
+      </c>
+      <c r="E152" t="s">
+        <v>51</v>
+      </c>
+      <c r="F152" t="s">
         <v>42</v>
       </c>
-      <c r="E148" t="s">
-[...2 lines deleted...]
-      <c r="F148" t="s">
+      <c r="G152" t="s">
+        <v>61</v>
+      </c>
+      <c r="H152">
+        <v>2006</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>830</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152" t="s">
+        <v>841</v>
+      </c>
+      <c r="M152" t="s">
+        <v>826</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>842</v>
+      </c>
+      <c r="P152" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>844</v>
+      </c>
+      <c r="B153" t="s">
+        <v>845</v>
+      </c>
+      <c r="C153" t="s">
+        <v>823</v>
+      </c>
+      <c r="D153" t="s">
+        <v>846</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>42</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2011</v>
+      </c>
+      <c r="I153">
+        <v>2014</v>
+      </c>
+      <c r="J153" t="s">
+        <v>824</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>847</v>
+      </c>
+      <c r="M153" t="s">
+        <v>826</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>848</v>
+      </c>
+      <c r="P153" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>844</v>
+      </c>
+      <c r="B154" t="s">
+        <v>850</v>
+      </c>
+      <c r="C154" t="s">
+        <v>823</v>
+      </c>
+      <c r="D154" t="s">
+        <v>846</v>
+      </c>
+      <c r="E154" t="s">
         <v>51</v>
       </c>
-      <c r="G148">
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2015</v>
+      </c>
+      <c r="I154">
+        <v>2017</v>
+      </c>
+      <c r="J154" t="s">
+        <v>824</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>851</v>
+      </c>
+      <c r="M154" t="s">
+        <v>826</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>852</v>
+      </c>
+      <c r="P154" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>853</v>
+      </c>
+      <c r="B155" t="s">
+        <v>854</v>
+      </c>
+      <c r="C155" t="s">
+        <v>823</v>
+      </c>
+      <c r="D155" t="s">
+        <v>441</v>
+      </c>
+      <c r="E155" t="s">
+        <v>51</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>61</v>
+      </c>
+      <c r="H155">
+        <v>2015</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>824</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155" t="s">
+        <v>855</v>
+      </c>
+      <c r="M155" t="s">
+        <v>826</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>856</v>
+      </c>
+      <c r="P155" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>857</v>
+      </c>
+      <c r="B156" t="s">
+        <v>858</v>
+      </c>
+      <c r="C156" t="s">
+        <v>823</v>
+      </c>
+      <c r="D156" t="s">
+        <v>441</v>
+      </c>
+      <c r="E156" t="s">
+        <v>51</v>
+      </c>
+      <c r="F156" t="s">
+        <v>42</v>
+      </c>
+      <c r="G156" t="s">
+        <v>61</v>
+      </c>
+      <c r="H156">
+        <v>2015</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>830</v>
+      </c>
+      <c r="K156" t="s">
+        <v>34</v>
+      </c>
+      <c r="L156" t="s">
+        <v>859</v>
+      </c>
+      <c r="M156" t="s">
+        <v>826</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>860</v>
+      </c>
+      <c r="P156" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>862</v>
+      </c>
+      <c r="B157" t="s">
+        <v>863</v>
+      </c>
+      <c r="C157" t="s">
+        <v>823</v>
+      </c>
+      <c r="D157" t="s">
+        <v>138</v>
+      </c>
+      <c r="E157" t="s">
+        <v>51</v>
+      </c>
+      <c r="F157" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2011</v>
+      </c>
+      <c r="I157">
+        <v>2021</v>
+      </c>
+      <c r="J157" t="s">
+        <v>824</v>
+      </c>
+      <c r="K157" t="s">
+        <v>34</v>
+      </c>
+      <c r="L157" t="s">
+        <v>864</v>
+      </c>
+      <c r="M157" t="s">
+        <v>826</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>865</v>
+      </c>
+      <c r="P157" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>867</v>
+      </c>
+      <c r="B158" t="s">
+        <v>868</v>
+      </c>
+      <c r="C158" t="s">
+        <v>823</v>
+      </c>
+      <c r="D158" t="s">
+        <v>105</v>
+      </c>
+      <c r="E158" t="s">
+        <v>51</v>
+      </c>
+      <c r="F158" t="s">
+        <v>42</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2002</v>
+      </c>
+      <c r="I158">
+        <v>2021</v>
+      </c>
+      <c r="J158" t="s">
+        <v>824</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158" t="s">
+        <v>869</v>
+      </c>
+      <c r="M158" t="s">
+        <v>826</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>870</v>
+      </c>
+      <c r="P158" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>872</v>
+      </c>
+      <c r="B159" t="s">
+        <v>873</v>
+      </c>
+      <c r="C159" t="s">
+        <v>823</v>
+      </c>
+      <c r="D159" t="s">
+        <v>874</v>
+      </c>
+      <c r="E159" t="s">
+        <v>51</v>
+      </c>
+      <c r="F159" t="s">
+        <v>42</v>
+      </c>
+      <c r="G159" t="s">
+        <v>61</v>
+      </c>
+      <c r="H159">
+        <v>2021</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>824</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>875</v>
+      </c>
+      <c r="M159" t="s">
+        <v>826</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>876</v>
+      </c>
+      <c r="P159" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>878</v>
+      </c>
+      <c r="B160" t="s">
+        <v>879</v>
+      </c>
+      <c r="C160" t="s">
+        <v>823</v>
+      </c>
+      <c r="D160" t="s">
+        <v>237</v>
+      </c>
+      <c r="E160" t="s">
+        <v>51</v>
+      </c>
+      <c r="F160" t="s">
+        <v>42</v>
+      </c>
+      <c r="G160" t="s">
+        <v>880</v>
+      </c>
+      <c r="H160">
+        <v>2021</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>824</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160" t="s">
+        <v>881</v>
+      </c>
+      <c r="M160" t="s">
+        <v>826</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>882</v>
+      </c>
+      <c r="P160" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>884</v>
+      </c>
+      <c r="B161" t="s">
+        <v>885</v>
+      </c>
+      <c r="C161" t="s">
+        <v>823</v>
+      </c>
+      <c r="D161" t="s">
+        <v>125</v>
+      </c>
+      <c r="E161" t="s">
+        <v>51</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2011</v>
+      </c>
+      <c r="I161">
+        <v>2021</v>
+      </c>
+      <c r="J161" t="s">
+        <v>824</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>864</v>
+      </c>
+      <c r="M161" t="s">
+        <v>826</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>886</v>
+      </c>
+      <c r="P161" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>888</v>
+      </c>
+      <c r="B162" t="s">
+        <v>889</v>
+      </c>
+      <c r="C162" t="s">
+        <v>823</v>
+      </c>
+      <c r="D162" t="s">
+        <v>105</v>
+      </c>
+      <c r="E162" t="s">
+        <v>51</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2011</v>
+      </c>
+      <c r="I162">
+        <v>2021</v>
+      </c>
+      <c r="J162" t="s">
+        <v>824</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162" t="s">
+        <v>890</v>
+      </c>
+      <c r="M162" t="s">
+        <v>826</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>891</v>
+      </c>
+      <c r="P162" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>893</v>
+      </c>
+      <c r="B163" t="s">
+        <v>894</v>
+      </c>
+      <c r="C163" t="s">
+        <v>823</v>
+      </c>
+      <c r="D163" t="s">
+        <v>424</v>
+      </c>
+      <c r="E163" t="s">
+        <v>51</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>61</v>
+      </c>
+      <c r="H163">
+        <v>2021</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>824</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163" t="s">
+        <v>895</v>
+      </c>
+      <c r="M163" t="s">
+        <v>826</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>896</v>
+      </c>
+      <c r="P163" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>898</v>
+      </c>
+      <c r="B164" t="s">
+        <v>899</v>
+      </c>
+      <c r="C164" t="s">
+        <v>823</v>
+      </c>
+      <c r="D164" t="s">
+        <v>237</v>
+      </c>
+      <c r="E164" t="s">
+        <v>51</v>
+      </c>
+      <c r="F164" t="s">
+        <v>900</v>
+      </c>
+      <c r="G164" t="s">
+        <v>61</v>
+      </c>
+      <c r="H164">
+        <v>2021</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>824</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164" t="s">
+        <v>881</v>
+      </c>
+      <c r="M164" t="s">
+        <v>826</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>901</v>
+      </c>
+      <c r="P164" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>903</v>
+      </c>
+      <c r="B165" t="s">
+        <v>904</v>
+      </c>
+      <c r="C165" t="s">
+        <v>823</v>
+      </c>
+      <c r="D165" t="s">
+        <v>138</v>
+      </c>
+      <c r="E165" t="s">
+        <v>51</v>
+      </c>
+      <c r="F165" t="s">
+        <v>42</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2002</v>
+      </c>
+      <c r="I165">
+        <v>2021</v>
+      </c>
+      <c r="J165" t="s">
+        <v>824</v>
+      </c>
+      <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165" t="s">
+        <v>905</v>
+      </c>
+      <c r="M165" t="s">
+        <v>826</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>906</v>
+      </c>
+      <c r="P165" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>908</v>
+      </c>
+      <c r="B166" t="s">
+        <v>909</v>
+      </c>
+      <c r="C166" t="s">
+        <v>823</v>
+      </c>
+      <c r="D166" t="s">
+        <v>125</v>
+      </c>
+      <c r="E166" t="s">
+        <v>51</v>
+      </c>
+      <c r="F166" t="s">
+        <v>42</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2002</v>
+      </c>
+      <c r="I166">
+        <v>2021</v>
+      </c>
+      <c r="J166" t="s">
+        <v>824</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166" t="s">
+        <v>910</v>
+      </c>
+      <c r="M166" t="s">
+        <v>826</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>911</v>
+      </c>
+      <c r="P166" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>913</v>
+      </c>
+      <c r="B167" t="s">
+        <v>914</v>
+      </c>
+      <c r="C167" t="s">
+        <v>823</v>
+      </c>
+      <c r="D167" t="s">
+        <v>224</v>
+      </c>
+      <c r="E167" t="s">
+        <v>51</v>
+      </c>
+      <c r="F167" t="s">
+        <v>42</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2002</v>
+      </c>
+      <c r="I167">
+        <v>2021</v>
+      </c>
+      <c r="J167" t="s">
+        <v>824</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167" t="s">
+        <v>915</v>
+      </c>
+      <c r="M167" t="s">
+        <v>826</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>916</v>
+      </c>
+      <c r="P167" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>918</v>
+      </c>
+      <c r="B168" t="s">
+        <v>919</v>
+      </c>
+      <c r="C168" t="s">
+        <v>823</v>
+      </c>
+      <c r="D168" t="s">
+        <v>920</v>
+      </c>
+      <c r="E168" t="s">
+        <v>51</v>
+      </c>
+      <c r="F168" t="s">
+        <v>21</v>
+      </c>
+      <c r="G168" t="s">
+        <v>61</v>
+      </c>
+      <c r="H168">
+        <v>2021</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>824</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168" t="s">
+        <v>921</v>
+      </c>
+      <c r="M168" t="s">
+        <v>826</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>922</v>
+      </c>
+      <c r="P168"/>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>918</v>
+      </c>
+      <c r="B169" t="s">
+        <v>919</v>
+      </c>
+      <c r="C169" t="s">
+        <v>823</v>
+      </c>
+      <c r="D169" t="s">
+        <v>920</v>
+      </c>
+      <c r="E169" t="s">
+        <v>51</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>61</v>
+      </c>
+      <c r="H169">
+        <v>2021</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>824</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169" t="s">
+        <v>921</v>
+      </c>
+      <c r="M169" t="s">
+        <v>826</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>923</v>
+      </c>
+      <c r="P169"/>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>924</v>
+      </c>
+      <c r="B170" t="s">
+        <v>925</v>
+      </c>
+      <c r="C170" t="s">
+        <v>823</v>
+      </c>
+      <c r="D170" t="s">
+        <v>100</v>
+      </c>
+      <c r="E170" t="s">
+        <v>51</v>
+      </c>
+      <c r="F170" t="s">
+        <v>42</v>
+      </c>
+      <c r="G170" t="s">
+        <v>61</v>
+      </c>
+      <c r="H170">
+        <v>2022</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>824</v>
+      </c>
+      <c r="K170" t="s">
+        <v>926</v>
+      </c>
+      <c r="L170" t="s">
+        <v>927</v>
+      </c>
+      <c r="M170" t="s">
+        <v>826</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>928</v>
+      </c>
+      <c r="P170" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>930</v>
+      </c>
+      <c r="B171" t="s">
+        <v>931</v>
+      </c>
+      <c r="C171" t="s">
+        <v>823</v>
+      </c>
+      <c r="D171" t="s">
+        <v>932</v>
+      </c>
+      <c r="E171" t="s">
+        <v>51</v>
+      </c>
+      <c r="F171" t="s">
+        <v>42</v>
+      </c>
+      <c r="G171" t="s">
+        <v>61</v>
+      </c>
+      <c r="H171">
+        <v>2022</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>824</v>
+      </c>
+      <c r="K171" t="s">
+        <v>933</v>
+      </c>
+      <c r="L171"/>
+      <c r="M171" t="s">
+        <v>826</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>934</v>
+      </c>
+      <c r="P171" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>936</v>
+      </c>
+      <c r="B172" t="s">
+        <v>937</v>
+      </c>
+      <c r="C172" t="s">
+        <v>823</v>
+      </c>
+      <c r="D172" t="s">
+        <v>100</v>
+      </c>
+      <c r="E172" t="s">
+        <v>51</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>61</v>
+      </c>
+      <c r="H172">
+        <v>2022</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>824</v>
+      </c>
+      <c r="K172" t="s">
+        <v>938</v>
+      </c>
+      <c r="L172" t="s">
+        <v>939</v>
+      </c>
+      <c r="M172" t="s">
+        <v>826</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>940</v>
+      </c>
+      <c r="P172" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>942</v>
+      </c>
+      <c r="B173" t="s">
+        <v>943</v>
+      </c>
+      <c r="C173" t="s">
+        <v>823</v>
+      </c>
+      <c r="D173" t="s">
+        <v>932</v>
+      </c>
+      <c r="E173" t="s">
+        <v>51</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>61</v>
+      </c>
+      <c r="H173">
+        <v>2022</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>824</v>
+      </c>
+      <c r="K173" t="s">
+        <v>944</v>
+      </c>
+      <c r="L173" t="s">
+        <v>945</v>
+      </c>
+      <c r="M173" t="s">
+        <v>826</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>946</v>
+      </c>
+      <c r="P173" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>948</v>
+      </c>
+      <c r="B174" t="s">
+        <v>949</v>
+      </c>
+      <c r="C174" t="s">
+        <v>823</v>
+      </c>
+      <c r="D174" t="s">
+        <v>932</v>
+      </c>
+      <c r="E174" t="s">
+        <v>51</v>
+      </c>
+      <c r="F174" t="s">
+        <v>21</v>
+      </c>
+      <c r="G174" t="s">
+        <v>61</v>
+      </c>
+      <c r="H174">
+        <v>2022</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>824</v>
+      </c>
+      <c r="K174" t="s">
+        <v>34</v>
+      </c>
+      <c r="L174" t="s">
+        <v>950</v>
+      </c>
+      <c r="M174" t="s">
+        <v>826</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>951</v>
+      </c>
+      <c r="P174" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>953</v>
+      </c>
+      <c r="B175" t="s">
+        <v>954</v>
+      </c>
+      <c r="C175" t="s">
+        <v>823</v>
+      </c>
+      <c r="D175" t="s">
+        <v>455</v>
+      </c>
+      <c r="E175" t="s">
+        <v>51</v>
+      </c>
+      <c r="F175" t="s">
+        <v>683</v>
+      </c>
+      <c r="G175" t="s">
+        <v>61</v>
+      </c>
+      <c r="H175">
+        <v>2008</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>830</v>
+      </c>
+      <c r="K175" t="s">
+        <v>176</v>
+      </c>
+      <c r="L175" t="s">
+        <v>955</v>
+      </c>
+      <c r="M175" t="s">
+        <v>826</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>956</v>
+      </c>
+      <c r="P175" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>958</v>
+      </c>
+      <c r="B176" t="s">
+        <v>959</v>
+      </c>
+      <c r="C176" t="s">
+        <v>823</v>
+      </c>
+      <c r="D176" t="s">
+        <v>378</v>
+      </c>
+      <c r="E176" t="s">
+        <v>51</v>
+      </c>
+      <c r="F176" t="s">
+        <v>42</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2012</v>
+      </c>
+      <c r="I176">
+        <v>2015</v>
+      </c>
+      <c r="J176" t="s">
+        <v>830</v>
+      </c>
+      <c r="K176" t="s">
+        <v>34</v>
+      </c>
+      <c r="L176" t="s">
+        <v>960</v>
+      </c>
+      <c r="M176" t="s">
+        <v>826</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>961</v>
+      </c>
+      <c r="P176" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>963</v>
+      </c>
+      <c r="B177" t="s">
+        <v>964</v>
+      </c>
+      <c r="C177" t="s">
+        <v>965</v>
+      </c>
+      <c r="D177" t="s">
+        <v>105</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>71</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
         <v>2013</v>
       </c>
-      <c r="H148"/>
-[...32 lines deleted...]
-      <c r="E149" t="s">
+      <c r="I177">
+        <v>2020</v>
+      </c>
+      <c r="J177" t="s">
+        <v>139</v>
+      </c>
+      <c r="K177" t="s">
+        <v>34</v>
+      </c>
+      <c r="L177" t="s">
+        <v>966</v>
+      </c>
+      <c r="M177" t="s">
+        <v>967</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>968</v>
+      </c>
+      <c r="P177" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>970</v>
+      </c>
+      <c r="B178" t="s">
+        <v>971</v>
+      </c>
+      <c r="C178" t="s">
+        <v>965</v>
+      </c>
+      <c r="D178" t="s">
+        <v>70</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>71</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>2011</v>
+      </c>
+      <c r="I178">
+        <v>2019</v>
+      </c>
+      <c r="J178" t="s">
+        <v>139</v>
+      </c>
+      <c r="K178" t="s">
+        <v>34</v>
+      </c>
+      <c r="L178" t="s">
+        <v>972</v>
+      </c>
+      <c r="M178" t="s">
+        <v>967</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>973</v>
+      </c>
+      <c r="P178" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>975</v>
+      </c>
+      <c r="B179" t="s">
+        <v>976</v>
+      </c>
+      <c r="C179" t="s">
+        <v>965</v>
+      </c>
+      <c r="D179" t="s">
+        <v>977</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>71</v>
+      </c>
+      <c r="G179" t="s">
+        <v>61</v>
+      </c>
+      <c r="H179">
+        <v>2013</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>709</v>
+      </c>
+      <c r="K179" t="s">
+        <v>34</v>
+      </c>
+      <c r="L179" t="s">
+        <v>978</v>
+      </c>
+      <c r="M179" t="s">
+        <v>967</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>979</v>
+      </c>
+      <c r="P179" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>981</v>
+      </c>
+      <c r="B180" t="s">
+        <v>982</v>
+      </c>
+      <c r="C180" t="s">
+        <v>965</v>
+      </c>
+      <c r="D180" t="s">
+        <v>455</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>71</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2014</v>
+      </c>
+      <c r="I180">
+        <v>2015</v>
+      </c>
+      <c r="J180" t="s">
+        <v>709</v>
+      </c>
+      <c r="K180" t="s">
+        <v>34</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>967</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>983</v>
+      </c>
+      <c r="P180" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>985</v>
+      </c>
+      <c r="B181" t="s">
+        <v>986</v>
+      </c>
+      <c r="C181" t="s">
+        <v>965</v>
+      </c>
+      <c r="D181" t="s">
+        <v>255</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>71</v>
+      </c>
+      <c r="G181" t="s">
+        <v>61</v>
+      </c>
+      <c r="H181">
+        <v>2014</v>
+      </c>
+      <c r="I181">
+        <v>2019</v>
+      </c>
+      <c r="J181" t="s">
+        <v>139</v>
+      </c>
+      <c r="K181" t="s">
+        <v>34</v>
+      </c>
+      <c r="L181"/>
+      <c r="M181" t="s">
+        <v>967</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>987</v>
+      </c>
+      <c r="P181" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>989</v>
+      </c>
+      <c r="B182" t="s">
+        <v>990</v>
+      </c>
+      <c r="C182" t="s">
+        <v>965</v>
+      </c>
+      <c r="D182" t="s">
+        <v>138</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>71</v>
+      </c>
+      <c r="G182" t="s">
+        <v>61</v>
+      </c>
+      <c r="H182">
+        <v>2016</v>
+      </c>
+      <c r="I182">
+        <v>2018</v>
+      </c>
+      <c r="J182" t="s">
+        <v>139</v>
+      </c>
+      <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182"/>
+      <c r="M182" t="s">
+        <v>967</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>991</v>
+      </c>
+      <c r="P182" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>993</v>
+      </c>
+      <c r="B183" t="s">
+        <v>994</v>
+      </c>
+      <c r="C183" t="s">
+        <v>965</v>
+      </c>
+      <c r="D183" t="s">
+        <v>527</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>71</v>
+      </c>
+      <c r="G183" t="s">
+        <v>61</v>
+      </c>
+      <c r="H183">
+        <v>2017</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>709</v>
+      </c>
+      <c r="K183" t="s">
+        <v>34</v>
+      </c>
+      <c r="L183"/>
+      <c r="M183" t="s">
+        <v>967</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>995</v>
+      </c>
+      <c r="P183" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>996</v>
+      </c>
+      <c r="B184" t="s">
+        <v>997</v>
+      </c>
+      <c r="C184" t="s">
+        <v>965</v>
+      </c>
+      <c r="D184" t="s">
+        <v>378</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>71</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2016</v>
+      </c>
+      <c r="I184">
+        <v>2019</v>
+      </c>
+      <c r="J184" t="s">
+        <v>709</v>
+      </c>
+      <c r="K184" t="s">
+        <v>34</v>
+      </c>
+      <c r="L184"/>
+      <c r="M184" t="s">
+        <v>967</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>998</v>
+      </c>
+      <c r="P184" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C185" t="s">
         <v>18</v>
       </c>
-      <c r="F149" t="s">
+      <c r="D185" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E185" t="s">
         <v>51</v>
       </c>
-      <c r="G149">
-[...79 lines deleted...]
-      <c r="E151" t="s">
+      <c r="F185" t="s">
+        <v>703</v>
+      </c>
+      <c r="G185" t="s">
+        <v>61</v>
+      </c>
+      <c r="H185">
+        <v>2007</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>80</v>
+      </c>
+      <c r="K185" t="s">
+        <v>1003</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1004</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1005</v>
+      </c>
+      <c r="N185" t="s">
+        <v>1006</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1007</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C186" t="s">
         <v>18</v>
       </c>
-      <c r="F151" t="s">
-[...43 lines deleted...]
-      <c r="F152" t="s">
+      <c r="D186" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E186" t="s">
         <v>51</v>
       </c>
-      <c r="G152">
-[...35 lines deleted...]
-      <c r="E153" t="s">
+      <c r="F186" t="s">
+        <v>703</v>
+      </c>
+      <c r="G186" t="s">
+        <v>61</v>
+      </c>
+      <c r="H186">
+        <v>2009</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>80</v>
+      </c>
+      <c r="K186" t="s">
+        <v>1003</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1005</v>
+      </c>
+      <c r="N186" t="s">
+        <v>1006</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C187" t="s">
         <v>18</v>
       </c>
-      <c r="F153" t="s">
-[...87 lines deleted...]
-      <c r="F155" t="s">
+      <c r="D187" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E187" t="s">
         <v>51</v>
       </c>
-      <c r="G155">
-[...1355 lines deleted...]
-      </c>
       <c r="F187" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>703</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
       </c>
       <c r="H187">
         <v>2018</v>
       </c>
-      <c r="I187" t="s">
-        <v>67</v>
+      <c r="I187">
+        <v>2018</v>
       </c>
       <c r="J187" t="s">
-        <v>689</v>
+        <v>80</v>
       </c>
       <c r="K187" t="s">
-        <v>700</v>
+        <v>1003</v>
       </c>
       <c r="L187" t="s">
-        <v>691</v>
+        <v>1018</v>
       </c>
       <c r="M187" t="s">
-        <v>692</v>
+        <v>1005</v>
       </c>
       <c r="N187" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:14">
+        <v>1006</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1019</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>702</v>
+        <v>1021</v>
       </c>
       <c r="B188" t="s">
-        <v>15</v>
+        <v>1022</v>
       </c>
       <c r="C188" t="s">
+        <v>18</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E188" t="s">
+        <v>51</v>
+      </c>
+      <c r="F188" t="s">
         <v>703</v>
       </c>
-      <c r="D188" t="s">
-[...8 lines deleted...]
-      <c r="G188">
+      <c r="G188" t="s">
+        <v>61</v>
+      </c>
+      <c r="H188">
         <v>2014</v>
       </c>
-      <c r="H188"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I188"/>
       <c r="J188" t="s">
-        <v>689</v>
+        <v>80</v>
       </c>
       <c r="K188" t="s">
-        <v>704</v>
+        <v>1003</v>
       </c>
       <c r="L188" t="s">
-        <v>691</v>
+        <v>1024</v>
       </c>
       <c r="M188" t="s">
-        <v>692</v>
+        <v>1005</v>
       </c>
       <c r="N188" t="s">
-        <v>705</v>
+        <v>1006</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1026</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>