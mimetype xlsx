--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -2902,51 +2902,53 @@
         <v>131</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>245</v>
       </c>
       <c r="B33" t="s">
         <v>246</v>
       </c>
       <c r="C33" t="s">
         <v>114</v>
       </c>
       <c r="D33" t="s">
         <v>45</v>
       </c>
       <c r="E33" t="s">
         <v>34</v>
       </c>
       <c r="F33" t="s">
         <v>35</v>
       </c>
       <c r="G33" t="s">
         <v>83</v>
       </c>
-      <c r="H33"/>
+      <c r="H33">
+        <v>2024</v>
+      </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>247</v>
       </c>
       <c r="K33" t="s">
         <v>37</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>232</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>248</v>
       </c>
       <c r="P33" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>250</v>
       </c>