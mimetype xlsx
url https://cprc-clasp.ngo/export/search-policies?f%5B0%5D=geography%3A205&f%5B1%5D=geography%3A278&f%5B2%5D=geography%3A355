--- v0 (2025-11-11)
+++ v1 (2026-01-27)
@@ -6615,51 +6615,51 @@
       </c>
       <c r="P83" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
         <v>524</v>
       </c>
       <c r="B84" t="s">
         <v>525</v>
       </c>
       <c r="C84" t="s">
         <v>69</v>
       </c>
       <c r="D84" t="s">
         <v>526</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>91</v>
       </c>
       <c r="G84" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H84">
         <v>2021</v>
       </c>
       <c r="I84">
         <v>2024</v>
       </c>
       <c r="J84" t="s">
         <v>527</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84" t="s">
         <v>528</v>
       </c>
       <c r="M84" t="s">
         <v>72</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>529</v>
       </c>