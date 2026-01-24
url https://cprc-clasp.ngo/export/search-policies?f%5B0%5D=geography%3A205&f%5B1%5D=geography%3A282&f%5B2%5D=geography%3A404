--- v0 (2025-11-27)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1842">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1844">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -4336,78 +4336,78 @@
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
   <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
@@ -4415,50 +4415,53 @@
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -4923,50 +4926,53 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
     <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
   </si>
   <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
     <t>It covers Squatting Toilets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
@@ -5410,51 +5416,51 @@
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
@@ -18714,89 +18720,89 @@
       </c>
       <c r="P257" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
         <v>1408</v>
       </c>
       <c r="B258" t="s">
         <v>1409</v>
       </c>
       <c r="C258" t="s">
         <v>69</v>
       </c>
       <c r="D258" t="s">
         <v>702</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>21</v>
       </c>
       <c r="G258" t="s">
-        <v>22</v>
+        <v>1410</v>
       </c>
       <c r="H258">
         <v>2007</v>
       </c>
       <c r="I258">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J258" t="s">
         <v>96</v>
       </c>
       <c r="K258" t="s">
         <v>34</v>
       </c>
       <c r="L258" t="s">
         <v>703</v>
       </c>
       <c r="M258" t="s">
         <v>73</v>
       </c>
       <c r="N258" t="s">
         <v>36</v>
       </c>
       <c r="O258" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="P258" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="B259" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="C259" t="s">
-        <v>1414</v>
+        <v>69</v>
       </c>
       <c r="D259" t="s">
         <v>1415</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259" t="s">
         <v>8</v>
       </c>
       <c r="H259">
         <v>2007</v>
       </c>
       <c r="I259">
         <v>2025</v>
       </c>
       <c r="J259" t="s">
         <v>1416</v>
       </c>
       <c r="K259" t="s">
         <v>34</v>
       </c>
@@ -18952,4044 +18958,4048 @@
       </c>
       <c r="L262" t="s">
         <v>1430</v>
       </c>
       <c r="M262" t="s">
         <v>73</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
         <v>1431</v>
       </c>
       <c r="P262" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
         <v>1433</v>
       </c>
       <c r="B263" t="s">
         <v>1434</v>
       </c>
       <c r="C263" t="s">
-        <v>1414</v>
+        <v>1435</v>
       </c>
       <c r="D263" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
         <v>21</v>
       </c>
       <c r="G263" t="s">
         <v>22</v>
       </c>
       <c r="H263">
         <v>2008</v>
       </c>
       <c r="I263">
         <v>2024</v>
       </c>
       <c r="J263" t="s">
         <v>1311</v>
       </c>
       <c r="K263" t="s">
         <v>34</v>
       </c>
       <c r="L263" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="M263" t="s">
         <v>1322</v>
       </c>
       <c r="N263" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="O263" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="P263" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="B264" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="C264" t="s">
         <v>69</v>
       </c>
       <c r="D264" t="s">
         <v>70</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>21</v>
       </c>
       <c r="G264" t="s">
         <v>22</v>
       </c>
       <c r="H264">
         <v>2008</v>
       </c>
       <c r="I264">
         <v>2008</v>
       </c>
       <c r="J264" t="s">
         <v>96</v>
       </c>
       <c r="K264" t="s">
         <v>34</v>
       </c>
       <c r="L264" t="s">
         <v>72</v>
       </c>
       <c r="M264" t="s">
         <v>73</v>
       </c>
       <c r="N264" t="s">
         <v>36</v>
       </c>
       <c r="O264" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="P264" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="B265" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="C265" t="s">
         <v>69</v>
       </c>
       <c r="D265" t="s">
         <v>216</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>21</v>
       </c>
       <c r="G265" t="s">
         <v>22</v>
       </c>
       <c r="H265">
         <v>2008</v>
       </c>
       <c r="I265">
         <v>2011</v>
       </c>
       <c r="J265" t="s">
         <v>96</v>
       </c>
       <c r="K265" t="s">
         <v>34</v>
       </c>
       <c r="L265" t="s">
         <v>217</v>
       </c>
       <c r="M265" t="s">
         <v>73</v>
       </c>
       <c r="N265" t="s">
         <v>27</v>
       </c>
       <c r="O265" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="P265" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B266" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="C266" t="s">
         <v>69</v>
       </c>
       <c r="D266" t="s">
         <v>222</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>21</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266">
         <v>2008</v>
       </c>
       <c r="I266">
         <v>2016</v>
       </c>
       <c r="J266" t="s">
         <v>96</v>
       </c>
       <c r="K266" t="s">
         <v>34</v>
       </c>
       <c r="L266" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="M266" t="s">
         <v>73</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="P266" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B267" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="C267" t="s">
         <v>69</v>
       </c>
       <c r="D267" t="s">
         <v>326</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>21</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
         <v>2010</v>
       </c>
       <c r="I267">
         <v>2015</v>
       </c>
       <c r="J267" t="s">
         <v>96</v>
       </c>
       <c r="K267" t="s">
         <v>34</v>
       </c>
       <c r="L267" t="s">
         <v>327</v>
       </c>
       <c r="M267" t="s">
         <v>73</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="P267" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="B268" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="C268" t="s">
         <v>69</v>
       </c>
       <c r="D268" t="s">
         <v>418</v>
       </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>21</v>
       </c>
       <c r="G268" t="s">
         <v>61</v>
       </c>
       <c r="H268">
         <v>2010</v>
       </c>
       <c r="I268">
         <v>2021</v>
       </c>
       <c r="J268" t="s">
         <v>71</v>
       </c>
       <c r="K268" t="s">
         <v>204</v>
       </c>
       <c r="L268" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="M268" t="s">
         <v>73</v>
       </c>
       <c r="N268" t="s">
         <v>36</v>
       </c>
       <c r="O268" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="P268" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="B269" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="C269" t="s">
         <v>69</v>
       </c>
       <c r="D269" t="s">
         <v>418</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>21</v>
       </c>
       <c r="G269" t="s">
         <v>61</v>
       </c>
       <c r="H269">
         <v>2010</v>
       </c>
       <c r="I269"/>
       <c r="J269" t="s">
         <v>96</v>
       </c>
       <c r="K269" t="s">
         <v>34</v>
       </c>
       <c r="L269" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="M269" t="s">
         <v>1400</v>
       </c>
       <c r="N269" t="s">
         <v>36</v>
       </c>
       <c r="O269" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="P269" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="B270" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="C270" t="s">
         <v>69</v>
       </c>
       <c r="D270" t="s">
         <v>274</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>21</v>
       </c>
       <c r="G270" t="s">
         <v>1310</v>
       </c>
       <c r="H270">
         <v>2010</v>
       </c>
       <c r="I270">
         <v>2017</v>
       </c>
       <c r="J270" t="s">
         <v>1311</v>
       </c>
       <c r="K270" t="s">
         <v>34</v>
       </c>
       <c r="L270" t="s">
         <v>171</v>
       </c>
       <c r="M270" t="s">
         <v>73</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="P270" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="B271" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="C271" t="s">
         <v>69</v>
       </c>
       <c r="D271" t="s">
         <v>127</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>21</v>
       </c>
       <c r="G271" t="s">
         <v>22</v>
       </c>
       <c r="H271">
         <v>1989</v>
       </c>
       <c r="I271">
         <v>2016</v>
       </c>
       <c r="J271" t="s">
         <v>96</v>
       </c>
       <c r="K271" t="s">
         <v>34</v>
       </c>
       <c r="L271" t="s">
         <v>128</v>
       </c>
       <c r="M271" t="s">
         <v>73</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="P271" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B272" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C272" t="s">
         <v>69</v>
       </c>
       <c r="D272" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
         <v>21</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272">
         <v>2010</v>
       </c>
       <c r="I272">
         <v>2021</v>
       </c>
       <c r="J272" t="s">
         <v>120</v>
       </c>
       <c r="K272" t="s">
         <v>34</v>
       </c>
       <c r="L272" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="M272" t="s">
         <v>1295</v>
       </c>
       <c r="N272" t="s">
         <v>27</v>
       </c>
       <c r="O272" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="P272" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="B273" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="C273" t="s">
         <v>69</v>
       </c>
       <c r="D273" t="s">
         <v>366</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>21</v>
       </c>
       <c r="G273" t="s">
         <v>22</v>
       </c>
       <c r="H273">
         <v>2011</v>
       </c>
       <c r="I273">
         <v>2020</v>
       </c>
       <c r="J273" t="s">
         <v>96</v>
       </c>
       <c r="K273" t="s">
         <v>356</v>
       </c>
       <c r="L273" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="M273" t="s">
         <v>1400</v>
       </c>
       <c r="N273" t="s">
         <v>358</v>
       </c>
       <c r="O273" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="P273" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="B274" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="C274" t="s">
         <v>69</v>
       </c>
       <c r="D274" t="s">
         <v>354</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>21</v>
       </c>
       <c r="G274" t="s">
         <v>22</v>
       </c>
       <c r="H274">
         <v>2010</v>
       </c>
       <c r="I274">
         <v>2017</v>
       </c>
       <c r="J274" t="s">
         <v>96</v>
       </c>
       <c r="K274" t="s">
         <v>356</v>
       </c>
       <c r="L274" t="s">
         <v>369</v>
       </c>
       <c r="M274" t="s">
         <v>1400</v>
       </c>
       <c r="N274" t="s">
         <v>358</v>
       </c>
       <c r="O274" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="P274" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="B275" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="C275" t="s">
         <v>69</v>
       </c>
       <c r="D275" t="s">
         <v>153</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
         <v>21</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275">
         <v>2011</v>
       </c>
       <c r="I275">
         <v>2016</v>
       </c>
       <c r="J275" t="s">
         <v>96</v>
       </c>
       <c r="K275" t="s">
         <v>34</v>
       </c>
       <c r="L275" t="s">
         <v>154</v>
       </c>
       <c r="M275" t="s">
         <v>73</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="P275" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="B276" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="C276" t="s">
         <v>69</v>
       </c>
       <c r="D276" t="s">
         <v>78</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>21</v>
       </c>
       <c r="G276" t="s">
         <v>22</v>
       </c>
       <c r="H276">
         <v>2011</v>
       </c>
       <c r="I276">
         <v>2012</v>
       </c>
       <c r="J276" t="s">
         <v>96</v>
       </c>
       <c r="K276" t="s">
         <v>34</v>
       </c>
       <c r="L276" t="s">
         <v>292</v>
       </c>
       <c r="M276" t="s">
         <v>73</v>
       </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="P276" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B277" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="C277" t="s">
         <v>69</v>
       </c>
       <c r="D277" t="s">
         <v>78</v>
       </c>
       <c r="E277" t="s">
         <v>20</v>
       </c>
       <c r="F277" t="s">
         <v>21</v>
       </c>
       <c r="G277" t="s">
         <v>22</v>
       </c>
       <c r="H277">
         <v>2011</v>
       </c>
       <c r="I277">
         <v>2017</v>
       </c>
       <c r="J277" t="s">
         <v>96</v>
       </c>
       <c r="K277" t="s">
         <v>34</v>
       </c>
       <c r="L277" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="M277" t="s">
         <v>73</v>
       </c>
       <c r="N277" t="s">
         <v>27</v>
       </c>
       <c r="O277" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="P277" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="B278" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="C278" t="s">
         <v>69</v>
       </c>
       <c r="D278" t="s">
         <v>526</v>
       </c>
       <c r="E278" t="s">
         <v>20</v>
       </c>
       <c r="F278" t="s">
         <v>21</v>
       </c>
       <c r="G278" t="s">
         <v>61</v>
       </c>
       <c r="H278">
         <v>2021</v>
       </c>
       <c r="I278"/>
       <c r="J278" t="s">
         <v>71</v>
       </c>
       <c r="K278" t="s">
         <v>34</v>
       </c>
       <c r="L278" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="M278" t="s">
         <v>1400</v>
       </c>
       <c r="N278" t="s">
         <v>27</v>
       </c>
       <c r="O278" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="P278" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="B279" t="s">
         <v>279</v>
       </c>
       <c r="C279" t="s">
         <v>69</v>
       </c>
       <c r="D279" t="s">
         <v>216</v>
       </c>
       <c r="E279" t="s">
         <v>20</v>
       </c>
       <c r="F279" t="s">
         <v>21</v>
       </c>
       <c r="G279" t="s">
         <v>1293</v>
       </c>
       <c r="H279">
         <v>2011</v>
       </c>
       <c r="I279">
         <v>2012</v>
       </c>
       <c r="J279" t="s">
         <v>1311</v>
       </c>
       <c r="K279" t="s">
         <v>280</v>
       </c>
       <c r="L279" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="M279" t="s">
         <v>73</v>
       </c>
       <c r="N279" t="s">
         <v>27</v>
       </c>
       <c r="O279" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="P279" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="B280" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="C280" t="s">
         <v>69</v>
       </c>
       <c r="D280" t="s">
         <v>216</v>
       </c>
       <c r="E280" t="s">
         <v>20</v>
       </c>
       <c r="F280" t="s">
         <v>21</v>
       </c>
       <c r="G280" t="s">
         <v>8</v>
       </c>
       <c r="H280">
         <v>2011</v>
       </c>
       <c r="I280">
         <v>2025</v>
       </c>
       <c r="J280" t="s">
         <v>1311</v>
       </c>
       <c r="K280" t="s">
         <v>34</v>
       </c>
       <c r="L280" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="M280" t="s">
         <v>1322</v>
       </c>
       <c r="N280" t="s">
         <v>27</v>
       </c>
       <c r="O280" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="P280" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="B281" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C281" t="s">
         <v>69</v>
       </c>
       <c r="D281" t="s">
         <v>362</v>
       </c>
       <c r="E281" t="s">
         <v>20</v>
       </c>
       <c r="F281" t="s">
         <v>21</v>
       </c>
       <c r="G281" t="s">
         <v>22</v>
       </c>
       <c r="H281">
         <v>2012</v>
       </c>
       <c r="I281">
         <v>2020</v>
       </c>
       <c r="J281" t="s">
         <v>96</v>
       </c>
       <c r="K281" t="s">
         <v>356</v>
       </c>
       <c r="L281" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="M281" t="s">
         <v>1400</v>
       </c>
       <c r="N281" t="s">
         <v>358</v>
       </c>
       <c r="O281" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="P281" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="B282" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="C282" t="s">
         <v>69</v>
       </c>
       <c r="D282" t="s">
         <v>364</v>
       </c>
       <c r="E282" t="s">
         <v>20</v>
       </c>
       <c r="F282" t="s">
         <v>21</v>
       </c>
       <c r="G282" t="s">
         <v>22</v>
       </c>
       <c r="H282">
         <v>2013</v>
       </c>
       <c r="I282">
         <v>2020</v>
       </c>
       <c r="J282" t="s">
         <v>96</v>
       </c>
       <c r="K282" t="s">
         <v>356</v>
       </c>
       <c r="L282" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="M282" t="s">
         <v>1400</v>
       </c>
       <c r="N282" t="s">
         <v>358</v>
       </c>
       <c r="O282" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="P282" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="B283" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="C283" t="s">
         <v>69</v>
       </c>
       <c r="D283" t="s">
         <v>354</v>
       </c>
       <c r="E283" t="s">
         <v>20</v>
       </c>
       <c r="F283" t="s">
         <v>21</v>
       </c>
       <c r="G283" t="s">
         <v>61</v>
       </c>
       <c r="H283">
         <v>2013</v>
       </c>
       <c r="I283"/>
       <c r="J283" t="s">
         <v>71</v>
       </c>
       <c r="K283" t="s">
         <v>356</v>
       </c>
       <c r="L283" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="M283" t="s">
         <v>1400</v>
       </c>
       <c r="N283" t="s">
         <v>358</v>
       </c>
       <c r="O283" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="P283" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="B284" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="C284" t="s">
         <v>69</v>
       </c>
       <c r="D284" t="s">
         <v>286</v>
       </c>
       <c r="E284" t="s">
         <v>20</v>
       </c>
       <c r="F284" t="s">
         <v>21</v>
       </c>
       <c r="G284" t="s">
         <v>22</v>
       </c>
       <c r="H284">
         <v>2012</v>
       </c>
       <c r="I284">
         <v>2016</v>
       </c>
       <c r="J284" t="s">
         <v>96</v>
       </c>
       <c r="K284" t="s">
         <v>34</v>
       </c>
       <c r="L284" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="M284" t="s">
         <v>73</v>
       </c>
       <c r="N284" t="s">
         <v>27</v>
       </c>
       <c r="O284" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="P284" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="B285" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="C285" t="s">
         <v>69</v>
       </c>
       <c r="D285" t="s">
         <v>258</v>
       </c>
       <c r="E285" t="s">
         <v>20</v>
       </c>
       <c r="F285" t="s">
         <v>21</v>
       </c>
       <c r="G285" t="s">
         <v>61</v>
       </c>
       <c r="H285">
         <v>2012</v>
       </c>
       <c r="I285"/>
       <c r="J285" t="s">
         <v>71</v>
       </c>
       <c r="K285" t="s">
         <v>34</v>
       </c>
       <c r="L285" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="M285" t="s">
         <v>1400</v>
       </c>
       <c r="N285" t="s">
         <v>36</v>
       </c>
       <c r="O285" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="P285" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="B286" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="C286" t="s">
         <v>69</v>
       </c>
       <c r="D286" t="s">
         <v>384</v>
       </c>
       <c r="E286" t="s">
         <v>20</v>
       </c>
       <c r="F286" t="s">
         <v>21</v>
       </c>
       <c r="G286" t="s">
         <v>61</v>
       </c>
       <c r="H286">
         <v>2020</v>
       </c>
       <c r="I286"/>
       <c r="J286" t="s">
         <v>71</v>
       </c>
       <c r="K286" t="s">
         <v>34</v>
       </c>
       <c r="L286" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="M286" t="s">
         <v>1400</v>
       </c>
       <c r="N286" t="s">
         <v>36</v>
       </c>
       <c r="O286" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="P286" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="B287" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="C287" t="s">
         <v>69</v>
       </c>
       <c r="D287" t="s">
         <v>303</v>
       </c>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
         <v>21</v>
       </c>
       <c r="G287" t="s">
         <v>22</v>
       </c>
       <c r="H287">
         <v>2003</v>
       </c>
       <c r="I287">
         <v>2013</v>
       </c>
       <c r="J287" t="s">
         <v>96</v>
       </c>
       <c r="K287" t="s">
         <v>34</v>
       </c>
       <c r="L287" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="M287" t="s">
         <v>73</v>
       </c>
       <c r="N287" t="s">
         <v>27</v>
       </c>
       <c r="O287" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="P287" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B288" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C288" t="s">
         <v>69</v>
       </c>
       <c r="D288" t="s">
         <v>676</v>
       </c>
       <c r="E288" t="s">
         <v>20</v>
       </c>
       <c r="F288" t="s">
         <v>21</v>
       </c>
       <c r="G288" t="s">
         <v>1310</v>
       </c>
       <c r="H288">
         <v>2000</v>
       </c>
       <c r="I288">
         <v>2012</v>
       </c>
       <c r="J288" t="s">
         <v>96</v>
       </c>
       <c r="K288" t="s">
         <v>34</v>
       </c>
       <c r="L288" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="M288" t="s">
         <v>73</v>
       </c>
       <c r="N288" t="s">
         <v>27</v>
       </c>
       <c r="O288" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="P288" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="B289" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="C289" t="s">
         <v>69</v>
       </c>
       <c r="D289" t="s">
         <v>1178</v>
       </c>
       <c r="E289" t="s">
         <v>20</v>
       </c>
       <c r="F289" t="s">
         <v>21</v>
       </c>
       <c r="G289" t="s">
         <v>22</v>
       </c>
       <c r="H289">
         <v>2003</v>
       </c>
       <c r="I289">
         <v>2013</v>
       </c>
       <c r="J289" t="s">
         <v>96</v>
       </c>
       <c r="K289" t="s">
         <v>34</v>
       </c>
       <c r="L289" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="M289" t="s">
         <v>73</v>
       </c>
       <c r="N289" t="s">
         <v>27</v>
       </c>
       <c r="O289" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="P289" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="B290" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="C290" t="s">
         <v>69</v>
       </c>
       <c r="D290" t="s">
         <v>309</v>
       </c>
       <c r="E290" t="s">
         <v>20</v>
       </c>
       <c r="F290" t="s">
         <v>21</v>
       </c>
       <c r="G290" t="s">
         <v>61</v>
       </c>
       <c r="H290">
         <v>2013</v>
       </c>
       <c r="I290"/>
       <c r="J290" t="s">
         <v>96</v>
       </c>
       <c r="K290" t="s">
         <v>34</v>
       </c>
       <c r="L290" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="M290" t="s">
         <v>73</v>
       </c>
       <c r="N290" t="s">
         <v>27</v>
       </c>
       <c r="O290" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="P290" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="B291" t="s">
         <v>95</v>
       </c>
       <c r="C291" t="s">
         <v>69</v>
       </c>
       <c r="D291" t="s">
         <v>113</v>
       </c>
       <c r="E291" t="s">
         <v>20</v>
       </c>
       <c r="F291" t="s">
         <v>21</v>
       </c>
       <c r="G291" t="s">
         <v>61</v>
       </c>
       <c r="H291">
         <v>2013</v>
       </c>
       <c r="I291"/>
       <c r="J291" t="s">
         <v>71</v>
       </c>
       <c r="K291" t="s">
         <v>34</v>
       </c>
       <c r="L291" t="s">
         <v>97</v>
       </c>
       <c r="M291" t="s">
         <v>1400</v>
       </c>
       <c r="N291" t="s">
         <v>27</v>
       </c>
       <c r="O291" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="P291" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="B292" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="C292" t="s">
         <v>69</v>
       </c>
       <c r="D292" t="s">
         <v>216</v>
       </c>
       <c r="E292" t="s">
         <v>20</v>
       </c>
       <c r="F292" t="s">
         <v>21</v>
       </c>
       <c r="G292" t="s">
         <v>22</v>
       </c>
       <c r="H292">
         <v>2008</v>
       </c>
       <c r="I292">
         <v>2013</v>
       </c>
       <c r="J292" t="s">
         <v>96</v>
       </c>
       <c r="K292" t="s">
         <v>34</v>
       </c>
       <c r="L292" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="M292" t="s">
         <v>73</v>
       </c>
       <c r="N292" t="s">
         <v>27</v>
       </c>
       <c r="O292" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="P292" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="B293" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="C293" t="s">
         <v>69</v>
       </c>
       <c r="D293" t="s">
         <v>108</v>
       </c>
       <c r="E293" t="s">
         <v>20</v>
       </c>
       <c r="F293" t="s">
         <v>21</v>
       </c>
       <c r="G293" t="s">
         <v>61</v>
       </c>
       <c r="H293">
         <v>2014</v>
       </c>
       <c r="I293"/>
       <c r="J293" t="s">
         <v>96</v>
       </c>
       <c r="K293" t="s">
         <v>34</v>
       </c>
       <c r="L293" t="s">
         <v>103</v>
       </c>
       <c r="M293" t="s">
         <v>1400</v>
       </c>
       <c r="N293" t="s">
         <v>36</v>
       </c>
       <c r="O293" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="P293" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="B294" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="C294" t="s">
         <v>69</v>
       </c>
       <c r="D294" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="E294" t="s">
         <v>20</v>
       </c>
       <c r="F294" t="s">
         <v>21</v>
       </c>
       <c r="G294" t="s">
         <v>1374</v>
       </c>
       <c r="H294" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="I294">
         <v>2024</v>
       </c>
       <c r="J294" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="K294" t="s">
         <v>34</v>
       </c>
       <c r="L294"/>
       <c r="M294" t="s">
         <v>1400</v>
       </c>
       <c r="N294" t="s">
         <v>36</v>
       </c>
       <c r="O294" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="P294" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="B295" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="C295" t="s">
         <v>69</v>
       </c>
       <c r="D295" t="s">
         <v>102</v>
       </c>
       <c r="E295" t="s">
         <v>20</v>
       </c>
       <c r="F295" t="s">
         <v>21</v>
       </c>
       <c r="G295" t="s">
         <v>61</v>
       </c>
       <c r="H295">
         <v>2014</v>
       </c>
       <c r="I295"/>
       <c r="J295" t="s">
         <v>96</v>
       </c>
       <c r="K295" t="s">
         <v>34</v>
       </c>
       <c r="L295" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="M295" t="s">
         <v>1400</v>
       </c>
       <c r="N295" t="s">
         <v>36</v>
       </c>
       <c r="O295" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="P295" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="B296" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="C296" t="s">
         <v>69</v>
       </c>
       <c r="D296" t="s">
         <v>303</v>
       </c>
       <c r="E296" t="s">
         <v>20</v>
       </c>
       <c r="F296" t="s">
         <v>21</v>
       </c>
       <c r="G296" t="s">
         <v>22</v>
       </c>
       <c r="H296">
         <v>2013</v>
       </c>
       <c r="I296">
         <v>2020</v>
       </c>
       <c r="J296" t="s">
         <v>96</v>
       </c>
       <c r="K296" t="s">
         <v>34</v>
       </c>
       <c r="L296" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="M296" t="s">
         <v>73</v>
       </c>
       <c r="N296" t="s">
         <v>27</v>
       </c>
       <c r="O296" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="P296" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="B297" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="C297" t="s">
         <v>69</v>
       </c>
       <c r="D297" t="s">
         <v>332</v>
       </c>
       <c r="E297" t="s">
         <v>20</v>
       </c>
       <c r="F297" t="s">
         <v>21</v>
       </c>
       <c r="G297" t="s">
-        <v>61</v>
+        <v>1597</v>
       </c>
       <c r="H297">
+        <v>2014</v>
+      </c>
+      <c r="I297">
         <v>2015</v>
       </c>
-      <c r="I297"/>
       <c r="J297" t="s">
         <v>96</v>
       </c>
       <c r="K297" t="s">
         <v>204</v>
       </c>
       <c r="L297" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="M297" t="s">
         <v>73</v>
       </c>
       <c r="N297" t="s">
         <v>27</v>
       </c>
       <c r="O297" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="P297" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="B298" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="C298" t="s">
         <v>69</v>
       </c>
       <c r="D298" t="s">
         <v>354</v>
       </c>
       <c r="E298" t="s">
         <v>20</v>
       </c>
       <c r="F298" t="s">
         <v>21</v>
       </c>
       <c r="G298" t="s">
         <v>22</v>
       </c>
       <c r="H298">
         <v>2014</v>
       </c>
       <c r="I298">
         <v>2020</v>
       </c>
       <c r="J298" t="s">
         <v>96</v>
       </c>
       <c r="K298" t="s">
         <v>356</v>
       </c>
       <c r="L298" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="M298" t="s">
         <v>357</v>
       </c>
       <c r="N298" t="s">
         <v>358</v>
       </c>
       <c r="O298" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="P298" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="B299" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="C299" t="s">
         <v>69</v>
       </c>
       <c r="D299" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="E299" t="s">
         <v>20</v>
       </c>
       <c r="F299" t="s">
         <v>21</v>
       </c>
       <c r="G299" t="s">
-        <v>22</v>
+        <v>1293</v>
       </c>
       <c r="H299">
         <v>2008</v>
       </c>
       <c r="I299">
         <v>2015</v>
       </c>
       <c r="J299" t="s">
-        <v>96</v>
+        <v>1311</v>
       </c>
       <c r="K299" t="s">
         <v>204</v>
       </c>
       <c r="L299" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="M299" t="s">
         <v>73</v>
       </c>
       <c r="N299" t="s">
         <v>27</v>
       </c>
       <c r="O299" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="P299" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="B300" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="C300" t="s">
         <v>69</v>
       </c>
       <c r="D300" t="s">
         <v>181</v>
       </c>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>21</v>
       </c>
       <c r="G300" t="s">
         <v>22</v>
       </c>
       <c r="H300">
         <v>2008</v>
       </c>
       <c r="I300">
         <v>2015</v>
       </c>
       <c r="J300" t="s">
         <v>96</v>
       </c>
       <c r="K300" t="s">
         <v>34</v>
       </c>
       <c r="L300" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="M300" t="s">
         <v>73</v>
       </c>
       <c r="N300" t="s">
         <v>27</v>
       </c>
       <c r="O300" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="P300" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="B301" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="C301" t="s">
         <v>69</v>
       </c>
       <c r="D301" t="s">
         <v>579</v>
       </c>
       <c r="E301" t="s">
         <v>20</v>
       </c>
       <c r="F301" t="s">
         <v>21</v>
       </c>
       <c r="G301" t="s">
         <v>61</v>
       </c>
       <c r="H301">
         <v>2015</v>
       </c>
       <c r="I301"/>
       <c r="J301" t="s">
         <v>96</v>
       </c>
       <c r="K301" t="s">
         <v>34</v>
       </c>
       <c r="L301" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="M301" t="s">
         <v>73</v>
       </c>
       <c r="N301" t="s">
         <v>27</v>
       </c>
       <c r="O301" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="P301" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="B302" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="C302" t="s">
         <v>69</v>
       </c>
       <c r="D302" t="s">
         <v>303</v>
       </c>
       <c r="E302" t="s">
         <v>20</v>
       </c>
       <c r="F302" t="s">
         <v>21</v>
       </c>
       <c r="G302" t="s">
         <v>22</v>
       </c>
       <c r="H302">
         <v>2005</v>
       </c>
       <c r="I302">
         <v>2015</v>
       </c>
       <c r="J302" t="s">
         <v>96</v>
       </c>
       <c r="K302" t="s">
         <v>34</v>
       </c>
       <c r="L302" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="M302" t="s">
         <v>73</v>
       </c>
       <c r="N302" t="s">
         <v>27</v>
       </c>
       <c r="O302" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="P302" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="B303" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="C303" t="s">
         <v>69</v>
       </c>
       <c r="D303" t="s">
         <v>141</v>
       </c>
       <c r="E303" t="s">
         <v>20</v>
       </c>
       <c r="F303" t="s">
         <v>21</v>
       </c>
       <c r="G303" t="s">
         <v>61</v>
       </c>
       <c r="H303">
         <v>2016</v>
       </c>
       <c r="I303"/>
       <c r="J303" t="s">
         <v>96</v>
       </c>
       <c r="K303" t="s">
         <v>34</v>
       </c>
       <c r="L303" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="M303" t="s">
         <v>1400</v>
       </c>
       <c r="N303" t="s">
         <v>27</v>
       </c>
       <c r="O303" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="P303" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="304" spans="1:16">
       <c r="A304" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="B304" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="C304" t="s">
         <v>69</v>
       </c>
       <c r="D304" t="s">
         <v>425</v>
       </c>
       <c r="E304" t="s">
         <v>51</v>
       </c>
       <c r="F304" t="s">
         <v>21</v>
       </c>
       <c r="G304" t="s">
         <v>22</v>
       </c>
       <c r="H304">
         <v>2005</v>
       </c>
       <c r="I304">
         <v>2016</v>
       </c>
       <c r="J304" t="s">
         <v>96</v>
       </c>
       <c r="K304" t="s">
         <v>34</v>
       </c>
       <c r="L304" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="M304" t="s">
         <v>1400</v>
       </c>
       <c r="N304" t="s">
         <v>27</v>
       </c>
       <c r="O304" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="P304" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="B305" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="C305" t="s">
         <v>69</v>
       </c>
       <c r="D305" t="s">
         <v>425</v>
       </c>
       <c r="E305" t="s">
         <v>51</v>
       </c>
       <c r="F305" t="s">
         <v>21</v>
       </c>
       <c r="G305" t="s">
         <v>22</v>
       </c>
       <c r="H305">
         <v>2005</v>
       </c>
       <c r="I305">
         <v>2016</v>
       </c>
       <c r="J305" t="s">
         <v>96</v>
       </c>
       <c r="K305" t="s">
         <v>34</v>
       </c>
       <c r="L305" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="M305" t="s">
         <v>1400</v>
       </c>
       <c r="N305" t="s">
         <v>27</v>
       </c>
       <c r="O305" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="P305" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="B306" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="C306" t="s">
         <v>69</v>
       </c>
       <c r="D306" t="s">
         <v>425</v>
       </c>
       <c r="E306" t="s">
         <v>20</v>
       </c>
       <c r="F306" t="s">
         <v>21</v>
       </c>
       <c r="G306" t="s">
         <v>22</v>
       </c>
       <c r="H306">
         <v>2005</v>
       </c>
       <c r="I306">
         <v>2016</v>
       </c>
       <c r="J306" t="s">
         <v>96</v>
       </c>
       <c r="K306" t="s">
         <v>34</v>
       </c>
       <c r="L306" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="M306" t="s">
         <v>1400</v>
       </c>
       <c r="N306" t="s">
         <v>36</v>
       </c>
       <c r="O306" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="P306" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="307" spans="1:16">
       <c r="A307" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="B307" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="C307" t="s">
         <v>69</v>
       </c>
       <c r="D307" t="s">
         <v>165</v>
       </c>
       <c r="E307" t="s">
         <v>20</v>
       </c>
       <c r="F307" t="s">
         <v>21</v>
       </c>
       <c r="G307" t="s">
         <v>61</v>
       </c>
       <c r="H307">
         <v>2016</v>
       </c>
       <c r="I307"/>
       <c r="J307" t="s">
         <v>96</v>
       </c>
       <c r="K307" t="s">
         <v>34</v>
       </c>
       <c r="L307" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="M307" t="s">
         <v>1400</v>
       </c>
       <c r="N307" t="s">
         <v>27</v>
       </c>
       <c r="O307" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="P307" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="308" spans="1:16">
       <c r="A308" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="B308" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="C308" t="s">
         <v>69</v>
       </c>
       <c r="D308" t="s">
         <v>425</v>
       </c>
       <c r="E308" t="s">
         <v>20</v>
       </c>
       <c r="F308" t="s">
         <v>21</v>
       </c>
       <c r="G308" t="s">
         <v>22</v>
       </c>
       <c r="H308">
         <v>2005</v>
       </c>
       <c r="I308">
         <v>2017</v>
       </c>
       <c r="J308" t="s">
         <v>96</v>
       </c>
       <c r="K308" t="s">
         <v>34</v>
       </c>
       <c r="L308" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="M308" t="s">
         <v>1400</v>
       </c>
       <c r="N308" t="s">
         <v>36</v>
       </c>
       <c r="O308" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="P308" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="309" spans="1:16">
       <c r="A309" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="B309" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="C309" t="s">
         <v>69</v>
       </c>
       <c r="D309" t="s">
         <v>384</v>
       </c>
       <c r="E309" t="s">
         <v>20</v>
       </c>
       <c r="F309" t="s">
         <v>21</v>
       </c>
       <c r="G309" t="s">
         <v>61</v>
       </c>
       <c r="H309">
         <v>2017</v>
       </c>
       <c r="I309"/>
       <c r="J309" t="s">
         <v>96</v>
       </c>
       <c r="K309" t="s">
         <v>34</v>
       </c>
       <c r="L309" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="M309" t="s">
         <v>1400</v>
       </c>
       <c r="N309" t="s">
         <v>36</v>
       </c>
       <c r="O309" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="P309" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="310" spans="1:16">
       <c r="A310" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="B310" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="C310" t="s">
         <v>69</v>
       </c>
       <c r="D310" t="s">
         <v>923</v>
       </c>
       <c r="E310" t="s">
         <v>20</v>
       </c>
       <c r="F310" t="s">
         <v>21</v>
       </c>
       <c r="G310" t="s">
         <v>22</v>
       </c>
       <c r="H310">
         <v>2017</v>
       </c>
       <c r="I310">
         <v>2021</v>
       </c>
       <c r="J310" t="s">
         <v>120</v>
       </c>
       <c r="K310" t="s">
         <v>356</v>
       </c>
       <c r="L310" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="M310" t="s">
         <v>1295</v>
       </c>
       <c r="N310" t="s">
         <v>358</v>
       </c>
       <c r="O310" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="P310" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="311" spans="1:16">
       <c r="A311" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="B311" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="C311" t="s">
         <v>69</v>
       </c>
       <c r="D311" t="s">
         <v>489</v>
       </c>
       <c r="E311" t="s">
         <v>20</v>
       </c>
       <c r="F311" t="s">
         <v>21</v>
       </c>
       <c r="G311" t="s">
         <v>61</v>
       </c>
       <c r="H311">
         <v>2019</v>
       </c>
       <c r="I311"/>
       <c r="J311" t="s">
         <v>71</v>
       </c>
       <c r="K311" t="s">
         <v>34</v>
       </c>
       <c r="L311" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="M311" t="s">
         <v>1400</v>
       </c>
       <c r="N311" t="s">
         <v>27</v>
       </c>
       <c r="O311" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="P311" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="312" spans="1:16">
       <c r="A312" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="B312" t="s">
         <v>146</v>
       </c>
       <c r="C312" t="s">
         <v>69</v>
       </c>
       <c r="D312" t="s">
         <v>147</v>
       </c>
       <c r="E312" t="s">
         <v>20</v>
       </c>
       <c r="F312" t="s">
         <v>21</v>
       </c>
       <c r="G312" t="s">
         <v>1310</v>
       </c>
       <c r="H312">
         <v>2018</v>
       </c>
       <c r="I312"/>
       <c r="J312" t="s">
         <v>1311</v>
       </c>
       <c r="K312" t="s">
         <v>34</v>
       </c>
       <c r="L312" t="s">
         <v>148</v>
       </c>
       <c r="M312" t="s">
         <v>1400</v>
       </c>
       <c r="N312" t="s">
         <v>27</v>
       </c>
       <c r="O312" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="P312" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="313" spans="1:16">
       <c r="A313" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="B313" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="C313" t="s">
         <v>69</v>
       </c>
       <c r="D313" t="s">
         <v>147</v>
       </c>
       <c r="E313" t="s">
         <v>20</v>
       </c>
       <c r="F313" t="s">
         <v>21</v>
       </c>
       <c r="G313" t="s">
         <v>22</v>
       </c>
       <c r="H313">
         <v>2018</v>
       </c>
       <c r="I313">
         <v>2024</v>
       </c>
       <c r="J313" t="s">
         <v>1311</v>
       </c>
       <c r="K313" t="s">
         <v>34</v>
       </c>
       <c r="L313" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="M313" t="s">
         <v>1322</v>
       </c>
       <c r="N313" t="s">
         <v>27</v>
       </c>
       <c r="O313" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="P313" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="314" spans="1:16">
       <c r="A314" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="B314" t="s">
         <v>170</v>
       </c>
       <c r="C314" t="s">
         <v>69</v>
       </c>
       <c r="D314" t="s">
         <v>90</v>
       </c>
       <c r="E314" t="s">
         <v>20</v>
       </c>
       <c r="F314" t="s">
         <v>21</v>
       </c>
       <c r="G314" t="s">
-        <v>61</v>
+        <v>1597</v>
       </c>
       <c r="H314">
         <v>2020</v>
       </c>
       <c r="I314"/>
       <c r="J314" t="s">
         <v>71</v>
       </c>
       <c r="K314" t="s">
         <v>34</v>
       </c>
       <c r="L314" t="s">
         <v>171</v>
       </c>
       <c r="M314" t="s">
         <v>1400</v>
       </c>
       <c r="N314" t="s">
         <v>27</v>
       </c>
       <c r="O314" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="P314" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="315" spans="1:16">
       <c r="A315" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="B315" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="C315" t="s">
         <v>69</v>
       </c>
       <c r="D315" t="s">
         <v>90</v>
       </c>
       <c r="E315" t="s">
         <v>20</v>
       </c>
       <c r="F315" t="s">
         <v>21</v>
       </c>
       <c r="G315" t="s">
         <v>8</v>
       </c>
       <c r="H315">
         <v>1989</v>
       </c>
       <c r="I315">
         <v>2025</v>
       </c>
       <c r="J315" t="s">
         <v>1301</v>
       </c>
       <c r="K315" t="s">
         <v>34</v>
       </c>
       <c r="L315" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="M315" t="s">
         <v>1322</v>
       </c>
       <c r="N315" t="s">
         <v>27</v>
       </c>
       <c r="O315" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="P315" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="316" spans="1:16">
       <c r="A316" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="B316" t="s">
         <v>83</v>
       </c>
       <c r="C316" t="s">
         <v>69</v>
       </c>
       <c r="D316" t="s">
         <v>84</v>
       </c>
       <c r="E316" t="s">
         <v>20</v>
       </c>
       <c r="F316" t="s">
         <v>21</v>
       </c>
       <c r="G316" t="s">
         <v>61</v>
       </c>
       <c r="H316">
         <v>2020</v>
       </c>
       <c r="I316"/>
       <c r="J316" t="s">
         <v>71</v>
       </c>
       <c r="K316" t="s">
         <v>34</v>
       </c>
       <c r="L316" t="s">
         <v>85</v>
       </c>
       <c r="M316" t="s">
         <v>1400</v>
       </c>
       <c r="N316" t="s">
         <v>27</v>
       </c>
       <c r="O316" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="P316" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="317" spans="1:16">
       <c r="A317" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="B317" t="s">
         <v>180</v>
       </c>
       <c r="C317" t="s">
         <v>69</v>
       </c>
       <c r="D317" t="s">
         <v>181</v>
       </c>
       <c r="E317" t="s">
         <v>20</v>
       </c>
       <c r="F317" t="s">
         <v>21</v>
       </c>
       <c r="G317" t="s">
         <v>61</v>
       </c>
       <c r="H317">
         <v>2020</v>
       </c>
       <c r="I317"/>
       <c r="J317" t="s">
         <v>71</v>
       </c>
       <c r="K317" t="s">
         <v>34</v>
       </c>
       <c r="L317" t="s">
         <v>182</v>
       </c>
       <c r="M317" t="s">
         <v>1400</v>
       </c>
       <c r="N317" t="s">
         <v>27</v>
       </c>
       <c r="O317" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="P317" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="318" spans="1:16">
       <c r="A318" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="B318" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="C318" t="s">
         <v>69</v>
       </c>
       <c r="D318" t="s">
         <v>425</v>
       </c>
       <c r="E318" t="s">
         <v>20</v>
       </c>
       <c r="F318" t="s">
         <v>21</v>
       </c>
       <c r="G318" t="s">
         <v>61</v>
       </c>
       <c r="H318">
         <v>2020</v>
       </c>
       <c r="I318"/>
       <c r="J318" t="s">
         <v>71</v>
       </c>
       <c r="K318" t="s">
         <v>34</v>
       </c>
       <c r="L318" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="M318" t="s">
         <v>1400</v>
       </c>
       <c r="N318" t="s">
         <v>36</v>
       </c>
       <c r="O318" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="P318" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="319" spans="1:16">
       <c r="A319" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="B319" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="C319" t="s">
         <v>69</v>
       </c>
       <c r="D319" t="s">
         <v>147</v>
       </c>
       <c r="E319" t="s">
         <v>20</v>
       </c>
       <c r="F319" t="s">
         <v>21</v>
       </c>
       <c r="G319" t="s">
         <v>61</v>
       </c>
       <c r="H319">
         <v>2020</v>
       </c>
       <c r="I319"/>
       <c r="J319" t="s">
         <v>71</v>
       </c>
       <c r="K319" t="s">
         <v>34</v>
       </c>
       <c r="L319" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="M319" t="s">
         <v>1400</v>
       </c>
       <c r="N319" t="s">
         <v>36</v>
       </c>
       <c r="O319" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="P319" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="320" spans="1:16">
       <c r="A320" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="B320" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="C320" t="s">
         <v>69</v>
       </c>
       <c r="D320" t="s">
         <v>425</v>
       </c>
       <c r="E320" t="s">
         <v>20</v>
       </c>
       <c r="F320" t="s">
         <v>21</v>
       </c>
       <c r="G320" t="s">
         <v>61</v>
       </c>
       <c r="H320">
         <v>2020</v>
       </c>
       <c r="I320"/>
       <c r="J320" t="s">
         <v>71</v>
       </c>
       <c r="K320" t="s">
         <v>34</v>
       </c>
       <c r="L320" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="M320" t="s">
         <v>1400</v>
       </c>
       <c r="N320" t="s">
         <v>27</v>
       </c>
       <c r="O320" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="P320" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="321" spans="1:16">
       <c r="A321" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="B321" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="C321" t="s">
         <v>69</v>
       </c>
       <c r="D321" t="s">
         <v>979</v>
       </c>
       <c r="E321" t="s">
         <v>20</v>
       </c>
       <c r="F321" t="s">
         <v>21</v>
       </c>
       <c r="G321" t="s">
-        <v>61</v>
+        <v>1597</v>
       </c>
       <c r="H321">
         <v>2021</v>
       </c>
       <c r="I321"/>
       <c r="J321" t="s">
         <v>71</v>
       </c>
       <c r="K321" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="L321" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="M321" t="s">
         <v>1400</v>
       </c>
       <c r="N321" t="s">
         <v>981</v>
       </c>
       <c r="O321" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="P321" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="322" spans="1:16">
       <c r="A322" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="B322" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="C322" t="s">
         <v>69</v>
       </c>
       <c r="D322" t="s">
         <v>979</v>
       </c>
       <c r="E322" t="s">
         <v>20</v>
       </c>
       <c r="F322" t="s">
         <v>21</v>
       </c>
       <c r="G322" t="s">
         <v>8</v>
       </c>
       <c r="H322">
         <v>2019</v>
       </c>
       <c r="I322">
         <v>2025</v>
       </c>
       <c r="J322" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="K322" t="s">
         <v>34</v>
       </c>
       <c r="L322" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="M322" t="s">
         <v>1322</v>
       </c>
       <c r="N322" t="s">
         <v>981</v>
       </c>
       <c r="O322" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="P322" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="323" spans="1:16">
       <c r="A323" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="B323" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="C323" t="s">
         <v>69</v>
       </c>
       <c r="D323" t="s">
         <v>354</v>
       </c>
       <c r="E323" t="s">
         <v>20</v>
       </c>
       <c r="F323" t="s">
         <v>21</v>
       </c>
       <c r="G323" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="H323">
         <v>2019</v>
       </c>
       <c r="I323"/>
       <c r="J323" t="s">
         <v>1311</v>
       </c>
       <c r="K323" t="s">
         <v>356</v>
       </c>
       <c r="L323" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="M323" t="s">
         <v>1400</v>
       </c>
       <c r="N323" t="s">
         <v>358</v>
       </c>
       <c r="O323" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="P323" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="324" spans="1:16">
       <c r="A324" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="B324" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="C324" t="s">
         <v>69</v>
       </c>
       <c r="D324" t="s">
         <v>354</v>
       </c>
       <c r="E324" t="s">
         <v>20</v>
       </c>
       <c r="F324" t="s">
         <v>21</v>
       </c>
       <c r="G324" t="s">
         <v>8</v>
       </c>
       <c r="H324">
         <v>2019</v>
       </c>
       <c r="I324">
         <v>2025</v>
       </c>
       <c r="J324" t="s">
         <v>1311</v>
       </c>
       <c r="K324" t="s">
         <v>34</v>
       </c>
       <c r="L324"/>
       <c r="M324" t="s">
         <v>1322</v>
       </c>
       <c r="N324" t="s">
         <v>981</v>
       </c>
       <c r="O324" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="P324" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="325" spans="1:16">
       <c r="A325" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="B325" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="C325" t="s">
         <v>69</v>
       </c>
       <c r="D325" t="s">
         <v>418</v>
       </c>
       <c r="E325" t="s">
         <v>20</v>
       </c>
       <c r="F325" t="s">
         <v>21</v>
       </c>
       <c r="G325" t="s">
         <v>61</v>
       </c>
       <c r="H325">
         <v>2020</v>
       </c>
       <c r="I325"/>
       <c r="J325" t="s">
         <v>71</v>
       </c>
       <c r="K325" t="s">
         <v>34</v>
       </c>
       <c r="L325" t="s">
         <v>171</v>
       </c>
       <c r="M325" t="s">
         <v>1400</v>
       </c>
       <c r="N325" t="s">
         <v>36</v>
       </c>
       <c r="O325" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="P325" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="326" spans="1:16">
       <c r="A326" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="B326" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="C326" t="s">
         <v>69</v>
       </c>
       <c r="D326" t="s">
         <v>176</v>
       </c>
       <c r="E326" t="s">
         <v>20</v>
       </c>
       <c r="F326" t="s">
         <v>21</v>
       </c>
       <c r="G326" t="s">
         <v>61</v>
       </c>
       <c r="H326">
         <v>2021</v>
       </c>
       <c r="I326"/>
       <c r="J326" t="s">
         <v>71</v>
       </c>
       <c r="K326" t="s">
         <v>34</v>
       </c>
       <c r="L326" t="s">
         <v>171</v>
       </c>
       <c r="M326" t="s">
         <v>1400</v>
       </c>
       <c r="N326" t="s">
         <v>27</v>
       </c>
       <c r="O326" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="P326" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="327" spans="1:16">
       <c r="A327" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="B327" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="C327" t="s">
         <v>69</v>
       </c>
       <c r="D327" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="E327" t="s">
         <v>20</v>
       </c>
       <c r="F327" t="s">
         <v>21</v>
       </c>
       <c r="G327" t="s">
         <v>61</v>
       </c>
       <c r="H327">
         <v>2021</v>
       </c>
       <c r="I327"/>
       <c r="J327" t="s">
         <v>120</v>
       </c>
       <c r="K327" t="s">
         <v>34</v>
       </c>
       <c r="L327" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="M327" t="s">
         <v>1295</v>
       </c>
       <c r="N327" t="s">
         <v>27</v>
       </c>
       <c r="O327" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="P327" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="328" spans="1:16">
       <c r="A328" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="B328" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="C328" t="s">
         <v>69</v>
       </c>
       <c r="D328" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="E328" t="s">
         <v>20</v>
       </c>
       <c r="F328" t="s">
         <v>21</v>
       </c>
       <c r="G328" t="s">
         <v>1310</v>
       </c>
       <c r="H328">
         <v>2020</v>
       </c>
       <c r="I328"/>
       <c r="J328" t="s">
         <v>1311</v>
       </c>
       <c r="K328" t="s">
         <v>34</v>
       </c>
       <c r="L328" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="M328" t="s">
         <v>1295</v>
       </c>
       <c r="N328" t="s">
         <v>27</v>
       </c>
       <c r="O328" t="s">
+        <v>1745</v>
+      </c>
+      <c r="P328" t="s">
         <v>1743</v>
-      </c>
-[...1 lines deleted...]
-        <v>1741</v>
       </c>
     </row>
     <row r="329" spans="1:16">
       <c r="A329" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="B329" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="C329" t="s">
-        <v>1414</v>
+        <v>69</v>
       </c>
       <c r="D329" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="E329" t="s">
         <v>51</v>
       </c>
       <c r="F329" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="G329" t="s">
-        <v>1374</v>
+        <v>8</v>
       </c>
       <c r="H329">
+        <v>2008</v>
+      </c>
+      <c r="I329">
         <v>2024</v>
       </c>
-      <c r="I329"/>
       <c r="J329" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="K329" t="s">
         <v>34</v>
       </c>
       <c r="L329"/>
       <c r="M329" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="N329" t="s">
         <v>981</v>
       </c>
       <c r="O329" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="P329" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="330" spans="1:16">
       <c r="A330" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="B330" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="C330" t="s">
         <v>69</v>
       </c>
       <c r="D330" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="E330" t="s">
         <v>51</v>
       </c>
       <c r="F330" t="s">
         <v>383</v>
       </c>
       <c r="G330" t="s">
         <v>61</v>
       </c>
       <c r="H330">
         <v>2018</v>
       </c>
       <c r="I330"/>
       <c r="J330" t="s">
         <v>120</v>
       </c>
       <c r="K330" t="s">
         <v>280</v>
       </c>
       <c r="L330" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="M330" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="N330" t="s">
         <v>27</v>
       </c>
       <c r="O330" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="P330" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="331" spans="1:16">
       <c r="A331" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="B331" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="C331" t="s">
         <v>69</v>
       </c>
       <c r="D331" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="E331" t="s">
         <v>51</v>
       </c>
       <c r="F331" t="s">
         <v>383</v>
       </c>
       <c r="G331" t="s">
         <v>61</v>
       </c>
       <c r="H331">
         <v>2021</v>
       </c>
       <c r="I331"/>
       <c r="J331" t="s">
         <v>120</v>
       </c>
       <c r="K331" t="s">
         <v>34</v>
       </c>
       <c r="L331" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="M331" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="N331" t="s">
         <v>27</v>
       </c>
       <c r="O331" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="P331" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="332" spans="1:16">
       <c r="A332" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="B332" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="C332" t="s">
-        <v>1414</v>
+        <v>69</v>
       </c>
       <c r="D332" t="s">
         <v>239</v>
       </c>
       <c r="E332" t="s">
         <v>51</v>
       </c>
       <c r="F332" t="s">
         <v>21</v>
       </c>
       <c r="G332" t="s">
         <v>1374</v>
       </c>
       <c r="H332">
         <v>2025</v>
       </c>
       <c r="I332"/>
       <c r="J332" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="K332" t="s">
         <v>34</v>
       </c>
       <c r="L332" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="M332" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="N332" t="s">
         <v>27</v>
       </c>
       <c r="O332" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="P332" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="333" spans="1:16">
       <c r="A333" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="B333" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="C333" t="s">
         <v>69</v>
       </c>
       <c r="D333" t="s">
         <v>670</v>
       </c>
       <c r="E333" t="s">
         <v>20</v>
       </c>
       <c r="F333" t="s">
         <v>21</v>
       </c>
       <c r="G333" t="s">
         <v>22</v>
       </c>
       <c r="H333">
         <v>2003</v>
       </c>
       <c r="I333">
         <v>2013</v>
       </c>
       <c r="J333" t="s">
         <v>96</v>
       </c>
       <c r="K333" t="s">
         <v>34</v>
       </c>
       <c r="L333" t="s">
         <v>771</v>
       </c>
       <c r="M333" t="s">
         <v>73</v>
       </c>
       <c r="N333" t="s">
         <v>27</v>
       </c>
       <c r="O333" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="P333" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="334" spans="1:16">
       <c r="A334" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="B334" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="C334" t="s">
         <v>69</v>
       </c>
       <c r="D334" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="E334" t="s">
         <v>20</v>
       </c>
       <c r="F334" t="s">
         <v>21</v>
       </c>
       <c r="G334" t="s">
         <v>8</v>
       </c>
       <c r="H334">
         <v>2014</v>
       </c>
       <c r="I334">
         <v>2025</v>
       </c>
       <c r="J334" t="s">
         <v>1311</v>
       </c>
       <c r="K334" t="s">
         <v>34</v>
       </c>
       <c r="L334"/>
       <c r="M334" t="s">
         <v>1322</v>
       </c>
       <c r="N334" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="O334" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="P334" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="335" spans="1:16">
       <c r="A335" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="B335" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="C335" t="s">
         <v>1020</v>
       </c>
       <c r="D335" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="E335" t="s">
         <v>20</v>
       </c>
       <c r="F335" t="s">
         <v>60</v>
       </c>
       <c r="G335" t="s">
         <v>61</v>
       </c>
       <c r="H335">
         <v>2022</v>
       </c>
       <c r="I335"/>
       <c r="J335" t="s">
         <v>62</v>
       </c>
       <c r="K335" t="s">
         <v>34</v>
       </c>
       <c r="L335"/>
       <c r="M335" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="N335" t="s">
         <v>64</v>
       </c>
       <c r="O335" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="P335" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="336" spans="1:16">
       <c r="A336" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="B336" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="C336" t="s">
         <v>69</v>
       </c>
       <c r="D336" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="E336" t="s">
         <v>51</v>
       </c>
       <c r="F336" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="G336" t="s">
         <v>61</v>
       </c>
       <c r="H336">
         <v>2022</v>
       </c>
       <c r="I336"/>
       <c r="J336" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="K336" t="s">
         <v>280</v>
       </c>
       <c r="L336" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="M336" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="N336" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="O336" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="P336" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="337" spans="1:16">
       <c r="A337" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="B337" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="C337" t="s">
         <v>1020</v>
       </c>
       <c r="D337" t="s">
         <v>59</v>
       </c>
       <c r="E337" t="s">
         <v>20</v>
       </c>
       <c r="F337" t="s">
         <v>60</v>
       </c>
       <c r="G337" t="s">
         <v>61</v>
       </c>
       <c r="H337">
         <v>2022</v>
       </c>
       <c r="I337"/>
       <c r="J337" t="s">
         <v>62</v>
       </c>
       <c r="K337" t="s">
         <v>34</v>
       </c>
       <c r="L337"/>
       <c r="M337" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="N337" t="s">
         <v>64</v>
       </c>
       <c r="O337" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="P337" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="338" spans="1:16">
       <c r="A338" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="B338" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="C338" t="s">
         <v>58</v>
       </c>
       <c r="D338" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="E338" t="s">
         <v>20</v>
       </c>
       <c r="F338" t="s">
         <v>60</v>
       </c>
       <c r="G338" t="s">
         <v>22</v>
       </c>
       <c r="H338">
         <v>1982</v>
       </c>
       <c r="I338">
         <v>2024</v>
       </c>
       <c r="J338" t="s">
         <v>62</v>
       </c>
       <c r="K338" t="s">
         <v>24</v>
       </c>
       <c r="L338"/>
       <c r="M338" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="N338" t="s">
         <v>64</v>
       </c>
       <c r="O338" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="P338" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="339" spans="1:16">
       <c r="A339" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="B339" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="C339" t="s">
         <v>18</v>
       </c>
       <c r="D339" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="E339" t="s">
         <v>51</v>
       </c>
       <c r="F339" t="s">
         <v>383</v>
       </c>
       <c r="G339" t="s">
         <v>61</v>
       </c>
       <c r="H339">
         <v>2013</v>
       </c>
       <c r="I339"/>
       <c r="J339" t="s">
         <v>96</v>
       </c>
       <c r="K339" t="s">
         <v>34</v>
       </c>
       <c r="L339" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="M339" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="N339" t="s">
         <v>27</v>
       </c>
       <c r="O339" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="P339" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="340" spans="1:16">
       <c r="A340" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="B340" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="C340" t="s">
         <v>69</v>
       </c>
       <c r="D340" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="E340" t="s">
         <v>51</v>
       </c>
       <c r="F340" t="s">
         <v>383</v>
       </c>
       <c r="G340" t="s">
         <v>61</v>
       </c>
       <c r="H340">
         <v>2017</v>
       </c>
       <c r="I340"/>
       <c r="J340" t="s">
         <v>355</v>
       </c>
       <c r="K340" t="s">
         <v>356</v>
       </c>
       <c r="L340"/>
       <c r="M340" t="s">
         <v>386</v>
       </c>
       <c r="N340" t="s">
         <v>358</v>
       </c>
       <c r="O340" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="P340" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="341" spans="1:16">
       <c r="A341" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="B341" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="C341" t="s">
         <v>18</v>
       </c>
       <c r="D341" t="s">
         <v>366</v>
       </c>
       <c r="E341" t="s">
         <v>51</v>
       </c>
       <c r="F341" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="G341" t="s">
         <v>61</v>
       </c>
       <c r="H341">
         <v>2007</v>
       </c>
       <c r="I341"/>
       <c r="J341" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="K341" t="s">
         <v>356</v>
       </c>
       <c r="L341" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="M341" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="N341" t="s">
         <v>358</v>
       </c>
       <c r="O341" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="P341" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="342" spans="1:16">
       <c r="A342" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="B342" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="C342" t="s">
         <v>18</v>
       </c>
       <c r="D342" t="s">
         <v>362</v>
       </c>
       <c r="E342" t="s">
         <v>51</v>
       </c>
       <c r="F342" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="G342" t="s">
         <v>61</v>
       </c>
       <c r="H342">
         <v>2009</v>
       </c>
       <c r="I342"/>
       <c r="J342" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="K342" t="s">
         <v>356</v>
       </c>
       <c r="L342" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="M342" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="N342" t="s">
         <v>358</v>
       </c>
       <c r="O342" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="P342" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="343" spans="1:16">
       <c r="A343" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="B343" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="C343" t="s">
         <v>18</v>
       </c>
       <c r="D343" t="s">
         <v>364</v>
       </c>
       <c r="E343" t="s">
         <v>51</v>
       </c>
       <c r="F343" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="G343" t="s">
         <v>22</v>
       </c>
       <c r="H343">
         <v>2018</v>
       </c>
       <c r="I343">
         <v>2018</v>
       </c>
       <c r="J343" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="K343" t="s">
         <v>356</v>
       </c>
       <c r="L343" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="M343" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="N343" t="s">
         <v>358</v>
       </c>
       <c r="O343" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="P343" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="344" spans="1:16">
       <c r="A344" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="B344" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="C344" t="s">
         <v>18</v>
       </c>
       <c r="D344" t="s">
         <v>354</v>
       </c>
       <c r="E344" t="s">
         <v>51</v>
       </c>
       <c r="F344" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="G344" t="s">
         <v>61</v>
       </c>
       <c r="H344">
         <v>2014</v>
       </c>
       <c r="I344"/>
       <c r="J344" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="K344" t="s">
         <v>356</v>
       </c>
       <c r="L344" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="M344" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="N344" t="s">
         <v>358</v>
       </c>
       <c r="O344" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="P344" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">