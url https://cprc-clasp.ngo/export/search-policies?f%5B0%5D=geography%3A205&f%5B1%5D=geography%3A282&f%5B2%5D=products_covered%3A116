--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -306,63 +306,66 @@
   <si>
     <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
@@ -1269,274 +1272,274 @@
       </c>
       <c r="P10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>93</v>
       </c>
       <c r="B11" t="s">
         <v>94</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>95</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
       <c r="H11">
         <v>1989</v>
       </c>
       <c r="I11">
         <v>2009</v>
       </c>
       <c r="J11" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="K11" t="s">
         <v>46</v>
       </c>
       <c r="L11" t="s">
         <v>63</v>
       </c>
       <c r="M11" t="s">
         <v>57</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>43</v>
       </c>
       <c r="D12" t="s">
         <v>95</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>1989</v>
       </c>
       <c r="I12">
         <v>2021</v>
       </c>
       <c r="J12" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="K12" t="s">
         <v>46</v>
       </c>
       <c r="L12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="s">
         <v>43</v>
       </c>
       <c r="D13" t="s">
         <v>68</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2010</v>
       </c>
       <c r="I13">
         <v>2021</v>
       </c>
       <c r="J13" t="s">
         <v>55</v>
       </c>
       <c r="K13" t="s">
         <v>46</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M13" t="s">
         <v>57</v>
       </c>
       <c r="N13" t="s">
         <v>70</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>68</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>54</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>55</v>
       </c>
       <c r="K14" t="s">
         <v>46</v>
       </c>
       <c r="L14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N14" t="s">
         <v>70</v>
       </c>
       <c r="O14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>53</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>54</v>
       </c>
       <c r="H15">
         <v>2016</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>76</v>
       </c>
       <c r="K15" t="s">
         <v>46</v>
       </c>
       <c r="L15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">