--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -446,66 +446,72 @@
   <si>
     <t>https://www.energystar.gov/products/refrigerators/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
     <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
   </si>
   <si>
     <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
     <t>applies to remote refrigerated display cabinets for food sales and display.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -922,51 +928,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="725.394" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1896,372 +1902,372 @@
       </c>
       <c r="P19" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>142</v>
       </c>
       <c r="B20" t="s">
         <v>143</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
       <c r="H20">
         <v>1989</v>
       </c>
       <c r="I20">
         <v>2016</v>
       </c>
       <c r="J20" t="s">
         <v>82</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>8</v>
+        <v>151</v>
       </c>
       <c r="H21">
         <v>1989</v>
       </c>
       <c r="I21">
         <v>2025</v>
       </c>
       <c r="J21" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="M21" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="P21" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B22" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C22" t="s">
         <v>52</v>
       </c>
       <c r="D22" t="s">
         <v>53</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
       <c r="I22">
         <v>2012</v>
       </c>
       <c r="J22" t="s">
         <v>82</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
         <v>69</v>
       </c>
       <c r="M22" t="s">
         <v>57</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="P22" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
       <c r="D23" t="s">
         <v>53</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
       <c r="I23">
         <v>2017</v>
       </c>
       <c r="J23" t="s">
         <v>82</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="M23" t="s">
         <v>57</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="P23" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B24" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C24" t="s">
         <v>52</v>
       </c>
       <c r="D24" t="s">
         <v>74</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>54</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>55</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="M24" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="P24" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B25" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C25" t="s">
         <v>52</v>
       </c>
       <c r="D25" t="s">
         <v>93</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>54</v>
       </c>
       <c r="H25">
         <v>2015</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>82</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="M25" t="s">
         <v>57</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
         <v>52</v>
       </c>
       <c r="D26" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E26" t="s">
         <v>42</v>
       </c>
       <c r="F26" t="s">
         <v>75</v>
       </c>
       <c r="G26" t="s">
         <v>54</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="M26" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P26" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">