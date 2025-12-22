--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -293,72 +293,66 @@
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
@@ -1170,134 +1164,136 @@
       </c>
       <c r="L9" t="s">
         <v>55</v>
       </c>
       <c r="M9" t="s">
         <v>56</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>83</v>
       </c>
       <c r="P9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>85</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
       <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E10" t="s">
         <v>42</v>
       </c>
       <c r="F10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
         <v>89</v>
-      </c>
-[...8 lines deleted...]
-        <v>91</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="N10" t="s">
         <v>78</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C11" t="s">
         <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E11" t="s">
         <v>42</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>70</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="M11" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">