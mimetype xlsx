--- v0 (2025-11-26)
+++ v1 (2026-01-20)
@@ -5537,51 +5537,51 @@
       </c>
       <c r="P63" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>412</v>
       </c>
       <c r="B64" t="s">
         <v>413</v>
       </c>
       <c r="C64" t="s">
         <v>69</v>
       </c>
       <c r="D64" t="s">
         <v>414</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>415</v>
       </c>
       <c r="G64" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64">
         <v>2024</v>
       </c>
       <c r="J64" t="s">
         <v>416</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
         <v>417</v>
       </c>
       <c r="M64" t="s">
         <v>72</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
         <v>418</v>
       </c>