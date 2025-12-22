--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -140,75 +140,75 @@
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
@@ -551,51 +551,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="569.718" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="570.861" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>