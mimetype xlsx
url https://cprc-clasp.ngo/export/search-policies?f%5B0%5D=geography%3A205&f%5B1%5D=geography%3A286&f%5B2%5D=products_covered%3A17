--- v0 (2025-12-01)
+++ v1 (2026-01-26)
@@ -172,51 +172,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
     <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
 Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
   </si>
   <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>