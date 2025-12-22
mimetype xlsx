--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -104,162 +104,162 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
-    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
-[...77 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
+  </si>
+  <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
+  </si>
+  <si>
+    <t>Federal Trade Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
+  </si>
+  <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>See policy document for full list</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -715,279 +715,277 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>44</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
         <v>45</v>
       </c>
-      <c r="G4" t="s">
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
         <v>46</v>
       </c>
-      <c r="H4">
-[...3 lines deleted...]
-      <c r="J4" t="s">
+      <c r="M4" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
         <v>52</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>53</v>
       </c>
-      <c r="C5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H5">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="K5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L5" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="P5" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="I6">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="K6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L6" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>64</v>
       </c>
       <c r="P6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
         <v>67</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7">
         <v>2016</v>
       </c>
       <c r="J7" t="s">
         <v>68</v>
       </c>
       <c r="K7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L7" t="s">
         <v>69</v>
       </c>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>70</v>
       </c>
       <c r="P7" t="s">
         <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>