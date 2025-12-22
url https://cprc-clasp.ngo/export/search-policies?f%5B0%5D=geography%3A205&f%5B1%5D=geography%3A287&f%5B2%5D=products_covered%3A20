--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -406,69 +406,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
     <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
     <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
     <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
@@ -479,50 +479,53 @@
     <t>Portable Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
@@ -1878,266 +1881,266 @@
       </c>
       <c r="P19" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>151</v>
       </c>
       <c r="B20" t="s">
         <v>152</v>
       </c>
       <c r="C20" t="s">
         <v>131</v>
       </c>
       <c r="D20" t="s">
         <v>153</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>132</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>154</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>146</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="M20" t="s">
         <v>148</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C21" t="s">
         <v>131</v>
       </c>
       <c r="D21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>132</v>
       </c>
       <c r="G21" t="s">
         <v>55</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>146</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B22" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C22" t="s">
         <v>131</v>
       </c>
       <c r="D22" t="s">
         <v>125</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>132</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22">
         <v>2018</v>
       </c>
       <c r="J22" t="s">
         <v>146</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23" t="s">
         <v>53</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23">
         <v>2022</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>56</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N23" t="s">
         <v>58</v>
       </c>
       <c r="O23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B24" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C24" t="s">
         <v>52</v>
       </c>
       <c r="D24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1982</v>
       </c>
       <c r="I24">
         <v>2024</v>
       </c>
       <c r="J24" t="s">
         <v>56</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N24" t="s">
         <v>58</v>
       </c>
       <c r="O24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">