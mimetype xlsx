--- v0 (2025-11-28)
+++ v1 (2026-01-20)
@@ -5476,51 +5476,51 @@
       </c>
       <c r="P67" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>422</v>
       </c>
       <c r="B68" t="s">
         <v>423</v>
       </c>
       <c r="C68" t="s">
         <v>78</v>
       </c>
       <c r="D68" t="s">
         <v>424</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>425</v>
       </c>
       <c r="G68" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="H68">
         <v>2021</v>
       </c>
       <c r="I68">
         <v>2024</v>
       </c>
       <c r="J68" t="s">
         <v>426</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
         <v>427</v>
       </c>
       <c r="M68" t="s">
         <v>81</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
         <v>428</v>
       </c>