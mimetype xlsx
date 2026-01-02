--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -378,50 +378,53 @@
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
     <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
     <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
     <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
 dwelling unit conversions that do not meet the definition of newly constructed that
 include the installation of a new or replacement, upgrade or relocation of an existing air
 conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
   </si>
   <si>
     <t>Town of Portola Valley</t>
   </si>
@@ -1362,53 +1365,51 @@
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>100</v>
       </c>
       <c r="B12" t="s">
         <v>101</v>
       </c>
       <c r="C12" t="s">
         <v>102</v>
       </c>
       <c r="D12" t="s">
         <v>103</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>104</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
-      <c r="I12">
-[...1 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
         <v>105</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
         <v>106</v>
       </c>
       <c r="M12" t="s">
         <v>107</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>108</v>
       </c>
       <c r="P12" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>110</v>
@@ -1453,172 +1454,172 @@
       </c>
       <c r="P13" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>116</v>
       </c>
       <c r="B14" t="s">
         <v>117</v>
       </c>
       <c r="C14" t="s">
         <v>118</v>
       </c>
       <c r="D14" t="s">
         <v>96</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>104</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>119</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14">
         <v>2018</v>
       </c>
       <c r="J14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M14" t="s">
         <v>107</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C15" t="s">
         <v>63</v>
       </c>
       <c r="D15" t="s">
         <v>53</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>54</v>
       </c>
       <c r="G15" t="s">
         <v>55</v>
       </c>
       <c r="H15">
         <v>2022</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>56</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N15" t="s">
         <v>58</v>
       </c>
       <c r="O15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C16" t="s">
         <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>54</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1982</v>
       </c>
       <c r="I16">
         <v>2024</v>
       </c>
       <c r="J16" t="s">
         <v>56</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
         <v>58</v>
       </c>
       <c r="O16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">