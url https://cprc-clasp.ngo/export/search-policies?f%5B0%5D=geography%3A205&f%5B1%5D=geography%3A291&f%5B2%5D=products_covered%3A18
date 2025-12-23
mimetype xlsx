--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -269,133 +269,136 @@
   <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
 (a) one door or two door;
 (b) can be connected to main power; and
 (c) within the scope of MS IEC 62552-1:2016 or equivalent standard
 IEC 62552-1:2015</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1207,226 +1210,226 @@
       </c>
       <c r="P9" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>83</v>
       </c>
       <c r="B10" t="s">
         <v>84</v>
       </c>
       <c r="C10" t="s">
         <v>85</v>
       </c>
       <c r="D10" t="s">
         <v>86</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>87</v>
       </c>
       <c r="G10" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2013</v>
       </c>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
         <v>88</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
         <v>89</v>
       </c>
       <c r="M10" t="s">
         <v>90</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>91</v>
       </c>
       <c r="P10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>93</v>
       </c>
       <c r="B11" t="s">
         <v>94</v>
       </c>
       <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>87</v>
       </c>
       <c r="G11" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H11">
         <v>2025</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
         <v>89</v>
       </c>
       <c r="M11" t="s">
         <v>90</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
         <v>101</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D12" t="s">
         <v>103</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>87</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
         <v>88</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
         <v>104</v>
       </c>
       <c r="M12" t="s">
         <v>90</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>105</v>
       </c>
       <c r="P12" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>107</v>
       </c>
       <c r="B13" t="s">
         <v>108</v>
       </c>
       <c r="C13" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="D13" t="s">
         <v>103</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>87</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M13" t="s">
         <v>90</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">