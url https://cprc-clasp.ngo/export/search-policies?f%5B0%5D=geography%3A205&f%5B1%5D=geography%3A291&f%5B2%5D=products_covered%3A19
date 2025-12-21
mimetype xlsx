--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -226,83 +226,80 @@
 iv) Residential Clothes Washers with an Optional Dry Cycle, and
 v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/clothes_washers/partners</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...2 lines deleted...]
-    <t>Entered into force, New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1002,88 +999,88 @@
       </c>
       <c r="L7" t="s">
         <v>72</v>
       </c>
       <c r="M7" t="s">
         <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>74</v>
       </c>
       <c r="P7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>76</v>
       </c>
       <c r="B8" t="s">
         <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
         <v>62</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>70</v>
       </c>
       <c r="G8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H8">
         <v>2018</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="M8" t="s">
         <v>73</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">