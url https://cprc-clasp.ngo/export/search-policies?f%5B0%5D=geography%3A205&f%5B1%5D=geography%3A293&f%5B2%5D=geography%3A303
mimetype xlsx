--- v0 (2025-11-29)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1160">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3346,50 +3346,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
   <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
@@ -3510,50 +3513,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -4045,51 +4051,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P208"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -13009,1150 +13015,1150 @@
       </c>
       <c r="P184" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
         <v>1043</v>
       </c>
       <c r="B185" t="s">
         <v>1044</v>
       </c>
       <c r="C185" t="s">
         <v>125</v>
       </c>
       <c r="D185" t="s">
         <v>732</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>21</v>
       </c>
       <c r="G185" t="s">
-        <v>987</v>
+        <v>1045</v>
       </c>
       <c r="H185">
         <v>2004</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="K185" t="s">
         <v>34</v>
       </c>
       <c r="L185" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="M185" t="s">
         <v>1031</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="P185" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B186" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C186" t="s">
         <v>125</v>
       </c>
       <c r="D186" t="s">
         <v>732</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>79</v>
       </c>
       <c r="G186" t="s">
         <v>22</v>
       </c>
       <c r="H186">
         <v>2004</v>
       </c>
       <c r="I186">
         <v>2021</v>
       </c>
       <c r="J186" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="K186" t="s">
         <v>34</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
         <v>1031</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="P186" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B187" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C187" t="s">
         <v>125</v>
       </c>
       <c r="D187" t="s">
         <v>488</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
         <v>21</v>
       </c>
       <c r="G187" t="s">
         <v>22</v>
       </c>
       <c r="H187">
         <v>1978</v>
       </c>
       <c r="I187">
         <v>2017</v>
       </c>
       <c r="J187" t="s">
         <v>135</v>
       </c>
       <c r="K187" t="s">
         <v>34</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
         <v>1031</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="P187" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B188" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="C188" t="s">
         <v>125</v>
       </c>
       <c r="D188" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="E188" t="s">
         <v>51</v>
       </c>
       <c r="F188" t="s">
         <v>21</v>
       </c>
       <c r="G188" t="s">
         <v>61</v>
       </c>
       <c r="H188">
         <v>2013</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
         <v>496</v>
       </c>
       <c r="K188" t="s">
         <v>34</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
         <v>1031</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="P188" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B189" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C189" t="s">
         <v>125</v>
       </c>
       <c r="D189" t="s">
         <v>650</v>
       </c>
       <c r="E189" t="s">
         <v>51</v>
       </c>
       <c r="F189" t="s">
         <v>21</v>
       </c>
       <c r="G189" t="s">
         <v>61</v>
       </c>
       <c r="H189">
         <v>2014</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
         <v>496</v>
       </c>
       <c r="K189" t="s">
         <v>34</v>
       </c>
       <c r="L189"/>
       <c r="M189" t="s">
         <v>1031</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="P189" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B190" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="C190" t="s">
         <v>125</v>
       </c>
       <c r="D190" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="E190" t="s">
         <v>51</v>
       </c>
       <c r="F190" t="s">
         <v>21</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
       <c r="H190">
         <v>2007</v>
       </c>
       <c r="I190">
         <v>2014</v>
       </c>
       <c r="J190" t="s">
         <v>496</v>
       </c>
       <c r="K190" t="s">
         <v>34</v>
       </c>
       <c r="L190"/>
       <c r="M190" t="s">
         <v>1031</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="P190" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="B191" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C191" t="s">
         <v>125</v>
       </c>
       <c r="D191" t="s">
         <v>650</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>21</v>
       </c>
       <c r="G191" t="s">
         <v>61</v>
       </c>
       <c r="H191">
         <v>2017</v>
       </c>
       <c r="I191"/>
       <c r="J191" t="s">
         <v>496</v>
       </c>
       <c r="K191" t="s">
         <v>34</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
         <v>1031</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="P191" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="B192" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="C192" t="s">
         <v>125</v>
       </c>
       <c r="D192" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="E192" t="s">
         <v>51</v>
       </c>
       <c r="F192" t="s">
         <v>21</v>
       </c>
       <c r="G192" t="s">
         <v>61</v>
       </c>
       <c r="H192">
         <v>2012</v>
       </c>
       <c r="I192"/>
       <c r="J192" t="s">
         <v>496</v>
       </c>
       <c r="K192" t="s">
         <v>34</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
         <v>1031</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="P192" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="B193" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C193" t="s">
         <v>125</v>
       </c>
       <c r="D193" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="E193" t="s">
         <v>51</v>
       </c>
       <c r="F193" t="s">
         <v>21</v>
       </c>
       <c r="G193" t="s">
         <v>61</v>
       </c>
       <c r="H193">
         <v>2013</v>
       </c>
       <c r="I193"/>
       <c r="J193" t="s">
         <v>135</v>
       </c>
       <c r="K193" t="s">
         <v>34</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
         <v>1031</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="P193" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B194" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C194" t="s">
         <v>125</v>
       </c>
       <c r="D194" t="s">
         <v>759</v>
       </c>
       <c r="E194" t="s">
         <v>51</v>
       </c>
       <c r="F194" t="s">
         <v>21</v>
       </c>
       <c r="G194" t="s">
         <v>61</v>
       </c>
       <c r="H194">
         <v>2013</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
         <v>496</v>
       </c>
       <c r="K194" t="s">
         <v>34</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
         <v>1031</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="P194" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B195" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C195" t="s">
         <v>125</v>
       </c>
       <c r="D195" t="s">
         <v>664</v>
       </c>
       <c r="E195" t="s">
         <v>51</v>
       </c>
       <c r="F195" t="s">
         <v>21</v>
       </c>
       <c r="G195" t="s">
         <v>61</v>
       </c>
       <c r="H195">
         <v>2013</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
         <v>496</v>
       </c>
       <c r="K195" t="s">
         <v>34</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
         <v>1031</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="P195" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B196" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C196" t="s">
         <v>125</v>
       </c>
       <c r="D196" t="s">
         <v>701</v>
       </c>
       <c r="E196" t="s">
         <v>51</v>
       </c>
       <c r="F196" t="s">
         <v>21</v>
       </c>
       <c r="G196" t="s">
         <v>61</v>
       </c>
       <c r="H196">
         <v>2013</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
         <v>496</v>
       </c>
       <c r="K196" t="s">
         <v>34</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
         <v>1031</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="P196" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="B197" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="C197" t="s">
         <v>125</v>
       </c>
       <c r="D197" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="E197" t="s">
         <v>51</v>
       </c>
       <c r="F197" t="s">
         <v>21</v>
       </c>
       <c r="G197" t="s">
-        <v>61</v>
+        <v>1101</v>
       </c>
       <c r="H197">
         <v>2014</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="K197" t="s">
         <v>34</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
         <v>1031</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="P197" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="B198" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C198" t="s">
         <v>125</v>
       </c>
       <c r="D198" t="s">
         <v>146</v>
       </c>
       <c r="E198" t="s">
         <v>51</v>
       </c>
       <c r="F198" t="s">
         <v>21</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
         <v>2014</v>
       </c>
       <c r="I198">
         <v>2024</v>
       </c>
       <c r="J198" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="K198" t="s">
         <v>34</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
         <v>1031</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="P198" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="B199" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="C199" t="s">
         <v>125</v>
       </c>
       <c r="D199" t="s">
         <v>727</v>
       </c>
       <c r="E199" t="s">
         <v>51</v>
       </c>
       <c r="F199" t="s">
         <v>21</v>
       </c>
       <c r="G199" t="s">
         <v>61</v>
       </c>
       <c r="H199">
         <v>2014</v>
       </c>
       <c r="I199"/>
       <c r="J199" t="s">
         <v>496</v>
       </c>
       <c r="K199" t="s">
         <v>34</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
         <v>1031</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="P199" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="B200" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="C200" t="s">
         <v>125</v>
       </c>
       <c r="D200" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="E200" t="s">
         <v>51</v>
       </c>
       <c r="F200" t="s">
         <v>21</v>
       </c>
       <c r="G200" t="s">
         <v>61</v>
       </c>
       <c r="H200">
         <v>2016</v>
       </c>
       <c r="I200"/>
       <c r="J200" t="s">
         <v>496</v>
       </c>
       <c r="K200" t="s">
         <v>34</v>
       </c>
       <c r="L200"/>
       <c r="M200" t="s">
         <v>1031</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="P200" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="B201" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="C201" t="s">
         <v>125</v>
       </c>
       <c r="D201" t="s">
         <v>718</v>
       </c>
       <c r="E201" t="s">
         <v>51</v>
       </c>
       <c r="F201" t="s">
         <v>21</v>
       </c>
       <c r="G201" t="s">
         <v>61</v>
       </c>
       <c r="H201">
         <v>2016</v>
       </c>
       <c r="I201"/>
       <c r="J201" t="s">
         <v>496</v>
       </c>
       <c r="K201" t="s">
         <v>34</v>
       </c>
       <c r="L201"/>
       <c r="M201" t="s">
         <v>1031</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="P201" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="B202" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="C202" t="s">
         <v>125</v>
       </c>
       <c r="D202" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="E202" t="s">
         <v>51</v>
       </c>
       <c r="F202" t="s">
         <v>21</v>
       </c>
       <c r="G202" t="s">
         <v>61</v>
       </c>
       <c r="H202">
         <v>2016</v>
       </c>
       <c r="I202"/>
       <c r="J202" t="s">
         <v>496</v>
       </c>
       <c r="K202" t="s">
         <v>34</v>
       </c>
       <c r="L202"/>
       <c r="M202" t="s">
         <v>1031</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="P202" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="B203" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="C203" t="s">
         <v>125</v>
       </c>
       <c r="D203" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="E203" t="s">
         <v>707</v>
       </c>
       <c r="F203" t="s">
         <v>21</v>
       </c>
       <c r="G203" t="s">
         <v>119</v>
       </c>
       <c r="H203"/>
       <c r="I203"/>
       <c r="J203" t="s">
         <v>135</v>
       </c>
       <c r="K203" t="s">
         <v>34</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
         <v>1040</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="P203" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="B204" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="C204" t="s">
         <v>125</v>
       </c>
       <c r="D204" t="s">
         <v>503</v>
       </c>
       <c r="E204" t="s">
         <v>51</v>
       </c>
       <c r="F204" t="s">
         <v>21</v>
       </c>
       <c r="G204" t="s">
         <v>61</v>
       </c>
       <c r="H204">
         <v>2007</v>
       </c>
       <c r="I204"/>
       <c r="J204" t="s">
         <v>496</v>
       </c>
       <c r="K204" t="s">
         <v>34</v>
       </c>
       <c r="L204"/>
       <c r="M204" t="s">
         <v>1031</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="P204" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="B205" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="C205" t="s">
         <v>18</v>
       </c>
       <c r="D205" t="s">
         <v>857</v>
       </c>
       <c r="E205" t="s">
         <v>51</v>
       </c>
       <c r="F205" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="G205" t="s">
         <v>61</v>
       </c>
       <c r="H205">
         <v>2007</v>
       </c>
       <c r="I205"/>
       <c r="J205" t="s">
         <v>99</v>
       </c>
       <c r="K205" t="s">
         <v>858</v>
       </c>
       <c r="L205" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="M205" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="N205" t="s">
         <v>860</v>
       </c>
       <c r="O205" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="P205" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B206" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="C206" t="s">
         <v>18</v>
       </c>
       <c r="D206" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="E206" t="s">
         <v>51</v>
       </c>
       <c r="F206" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="G206" t="s">
         <v>61</v>
       </c>
       <c r="H206">
         <v>2009</v>
       </c>
       <c r="I206"/>
       <c r="J206" t="s">
         <v>99</v>
       </c>
       <c r="K206" t="s">
         <v>858</v>
       </c>
       <c r="L206" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="M206" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="N206" t="s">
         <v>860</v>
       </c>
       <c r="O206" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="P206" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="B207" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="C207" t="s">
         <v>18</v>
       </c>
       <c r="D207" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="E207" t="s">
         <v>51</v>
       </c>
       <c r="F207" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
         <v>2018</v>
       </c>
       <c r="I207">
         <v>2018</v>
       </c>
       <c r="J207" t="s">
         <v>99</v>
       </c>
       <c r="K207" t="s">
         <v>858</v>
       </c>
       <c r="L207" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="M207" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="N207" t="s">
         <v>860</v>
       </c>
       <c r="O207" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="P207" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="B208" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="C208" t="s">
         <v>18</v>
       </c>
       <c r="D208" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="E208" t="s">
         <v>51</v>
       </c>
       <c r="F208" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="G208" t="s">
         <v>61</v>
       </c>
       <c r="H208">
         <v>2014</v>
       </c>
       <c r="I208"/>
       <c r="J208" t="s">
         <v>99</v>
       </c>
       <c r="K208" t="s">
         <v>858</v>
       </c>
       <c r="L208" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="M208" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="N208" t="s">
         <v>860</v>
       </c>
       <c r="O208" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="P208" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">