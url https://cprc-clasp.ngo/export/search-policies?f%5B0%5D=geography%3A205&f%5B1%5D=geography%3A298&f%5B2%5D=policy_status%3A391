--- v0 (2025-11-28)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="405">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1027,60 +1027,63 @@
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
@@ -1133,102 +1136,102 @@
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
     <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
   </si>
   <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
@@ -4048,858 +4051,858 @@
       </c>
       <c r="P47" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>320</v>
       </c>
       <c r="B48" t="s">
         <v>321</v>
       </c>
       <c r="C48" t="s">
         <v>58</v>
       </c>
       <c r="D48" t="s">
         <v>322</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>42</v>
       </c>
       <c r="G48" t="s">
-        <v>8</v>
+        <v>323</v>
       </c>
       <c r="H48">
         <v>2015</v>
       </c>
       <c r="I48">
         <v>2019</v>
       </c>
       <c r="J48" t="s">
         <v>315</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>317</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P48" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C49" t="s">
         <v>58</v>
       </c>
       <c r="D49" t="s">
         <v>322</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>42</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2015</v>
       </c>
       <c r="I49">
         <v>2024</v>
       </c>
       <c r="J49" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>317</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="P49" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B50" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C50" t="s">
         <v>58</v>
       </c>
       <c r="D50" t="s">
         <v>279</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>42</v>
       </c>
       <c r="G50" t="s">
         <v>8</v>
       </c>
       <c r="H50">
         <v>2008</v>
       </c>
       <c r="I50">
         <v>2014</v>
       </c>
       <c r="J50" t="s">
         <v>315</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="M50" t="s">
         <v>317</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P50" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B51" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C51" t="s">
         <v>58</v>
       </c>
       <c r="D51" t="s">
         <v>279</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2011</v>
       </c>
       <c r="I51">
         <v>2022</v>
       </c>
       <c r="J51" t="s">
         <v>315</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="M51" t="s">
         <v>317</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="P51" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B52" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C52" t="s">
         <v>58</v>
       </c>
       <c r="D52" t="s">
         <v>77</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>8</v>
       </c>
       <c r="H52">
         <v>2014</v>
       </c>
       <c r="I52">
         <v>2022</v>
       </c>
       <c r="J52" t="s">
         <v>315</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="M52" t="s">
         <v>317</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="P52" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B53" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C53" t="s">
         <v>58</v>
       </c>
       <c r="D53" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>8</v>
+        <v>323</v>
       </c>
       <c r="H53">
         <v>2015</v>
       </c>
       <c r="I53">
         <v>2019</v>
       </c>
       <c r="J53" t="s">
         <v>315</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="M53" t="s">
         <v>317</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="P53" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B54" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C54" t="s">
         <v>58</v>
       </c>
       <c r="D54" t="s">
         <v>322</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>8</v>
       </c>
       <c r="H54">
         <v>2015</v>
       </c>
       <c r="I54">
         <v>2024</v>
       </c>
       <c r="J54" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>317</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="P54" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B55" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C55" t="s">
         <v>58</v>
       </c>
       <c r="D55" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>22</v>
+        <v>323</v>
       </c>
       <c r="H55">
         <v>2011</v>
       </c>
       <c r="I55">
         <v>2022</v>
       </c>
       <c r="J55" t="s">
         <v>315</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="M55" t="s">
         <v>317</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="P55" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B56" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C56" t="s">
         <v>58</v>
       </c>
       <c r="D56" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H56">
         <v>2011</v>
       </c>
       <c r="I56">
         <v>2025</v>
       </c>
       <c r="J56" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
         <v>317</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P56" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B57" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C57" t="s">
         <v>58</v>
       </c>
       <c r="D57" t="s">
         <v>279</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>8</v>
+        <v>323</v>
       </c>
       <c r="H57">
         <v>2011</v>
       </c>
       <c r="I57">
         <v>2022</v>
       </c>
       <c r="J57" t="s">
         <v>315</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="M57" t="s">
         <v>317</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="P57" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B58" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C58" t="s">
         <v>58</v>
       </c>
       <c r="D58" t="s">
         <v>279</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2011</v>
       </c>
       <c r="I58">
         <v>2025</v>
       </c>
       <c r="J58" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
         <v>317</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P58" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B59" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C59" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D59" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>1982</v>
       </c>
       <c r="I59">
         <v>2024</v>
       </c>
       <c r="J59" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N59" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="O59" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P59" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B60" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C60" t="s">
         <v>58</v>
       </c>
       <c r="D60" t="s">
         <v>297</v>
       </c>
       <c r="E60" t="s">
         <v>51</v>
       </c>
       <c r="F60" t="s">
         <v>70</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2012</v>
       </c>
       <c r="I60">
         <v>2012</v>
       </c>
       <c r="J60" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P60" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B61" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C61" t="s">
         <v>58</v>
       </c>
       <c r="D61" t="s">
         <v>90</v>
       </c>
       <c r="E61" t="s">
         <v>51</v>
       </c>
       <c r="F61" t="s">
         <v>70</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2012</v>
       </c>
       <c r="I61">
         <v>2012</v>
       </c>
       <c r="J61" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="P61" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B62" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C62" t="s">
         <v>58</v>
       </c>
       <c r="D62" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E62" t="s">
         <v>51</v>
       </c>
       <c r="F62" t="s">
         <v>70</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2012</v>
       </c>
       <c r="I62">
         <v>2017</v>
       </c>
       <c r="J62" t="s">
         <v>52</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="P62" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B63" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C63" t="s">
         <v>58</v>
       </c>
       <c r="D63" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E63" t="s">
         <v>51</v>
       </c>
       <c r="F63" t="s">
         <v>70</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2012</v>
       </c>
       <c r="I63">
         <v>2012</v>
       </c>
       <c r="J63" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P63" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B64" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E64" t="s">
         <v>51</v>
       </c>
       <c r="F64" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2018</v>
       </c>
       <c r="I64">
         <v>2018</v>
       </c>
       <c r="J64" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="K64" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="L64" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="M64" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="N64" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="O64" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="P64" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">