--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -479,97 +479,100 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
     <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
 dwelling unit conversions that do not meet the definition of newly constructed that
 include the installation of a new or replacement, upgrade or relocation of an existing air
 conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
   </si>
   <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
     <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
   </si>
   <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
     <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
   </si>
@@ -1637,54 +1640,54 @@
         <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>124</v>
       </c>
       <c r="B15" t="s">
         <v>125</v>
       </c>
       <c r="C15" t="s">
         <v>70</v>
       </c>
       <c r="D15" t="s">
         <v>126</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>55</v>
       </c>
-      <c r="H15">
+      <c r="H15"/>
+      <c r="I15">
         <v>2024</v>
       </c>
-      <c r="I15"/>
       <c r="J15" t="s">
         <v>127</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>121</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>128</v>
       </c>
       <c r="P15" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>129</v>
       </c>
       <c r="B16" t="s">
@@ -1875,268 +1878,268 @@
       </c>
       <c r="P19" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>146</v>
       </c>
       <c r="B20" t="s">
         <v>147</v>
       </c>
       <c r="C20" t="s">
         <v>70</v>
       </c>
       <c r="D20" t="s">
         <v>106</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>8</v>
+        <v>148</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
       <c r="I20">
         <v>2022</v>
       </c>
       <c r="J20" t="s">
         <v>119</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M20" t="s">
         <v>121</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P20" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C21" t="s">
         <v>70</v>
       </c>
       <c r="D21" t="s">
         <v>106</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21">
         <v>2025</v>
       </c>
       <c r="J21" t="s">
         <v>127</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>121</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P21" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
         <v>70</v>
       </c>
       <c r="D22" t="s">
         <v>90</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>118</v>
       </c>
       <c r="H22">
         <v>2021</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>119</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M22" t="s">
         <v>121</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23" t="s">
         <v>53</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23">
         <v>2022</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>56</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N23" t="s">
         <v>58</v>
       </c>
       <c r="O23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
         <v>52</v>
       </c>
       <c r="D24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1982</v>
       </c>
       <c r="I24">
         <v>2024</v>
       </c>
       <c r="J24" t="s">
         <v>56</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N24" t="s">
         <v>58</v>
       </c>
       <c r="O24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">