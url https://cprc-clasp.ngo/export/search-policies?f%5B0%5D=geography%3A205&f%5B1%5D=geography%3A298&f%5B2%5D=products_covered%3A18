--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -305,132 +305,135 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/refrigerators/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
@@ -1306,51 +1309,51 @@
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>93</v>
       </c>
       <c r="B11" t="s">
         <v>94</v>
       </c>
       <c r="C11" t="s">
         <v>52</v>
       </c>
       <c r="D11" t="s">
         <v>95</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>43</v>
       </c>
       <c r="G11" t="s">
         <v>96</v>
       </c>
       <c r="H11">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>97</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>99</v>
       </c>
       <c r="P11" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>101</v>
@@ -1445,174 +1448,174 @@
       </c>
       <c r="P13" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>112</v>
       </c>
       <c r="B14" t="s">
         <v>113</v>
       </c>
       <c r="C14" t="s">
         <v>52</v>
       </c>
       <c r="D14" t="s">
         <v>103</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2022</v>
       </c>
       <c r="J14" t="s">
         <v>105</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M14" t="s">
         <v>98</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P14" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C15" t="s">
         <v>52</v>
       </c>
       <c r="D15" t="s">
         <v>103</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
       <c r="I15">
         <v>2025</v>
       </c>
       <c r="J15" t="s">
         <v>97</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>98</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P15" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C16" t="s">
         <v>52</v>
       </c>
       <c r="D16" t="s">
         <v>103</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>64</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16">
         <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">