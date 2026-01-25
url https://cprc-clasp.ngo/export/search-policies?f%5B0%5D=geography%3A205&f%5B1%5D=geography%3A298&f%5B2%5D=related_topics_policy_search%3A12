--- v0 (2025-11-27)
+++ v1 (2026-01-25)
@@ -104,77 +104,77 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>