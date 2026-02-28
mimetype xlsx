--- v0 (2025-11-29)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="949">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="950">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2886,50 +2886,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
@@ -3412,51 +3415,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="278.361" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -11012,546 +11015,546 @@
       </c>
       <c r="P156" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
         <v>891</v>
       </c>
       <c r="B157" t="s">
         <v>892</v>
       </c>
       <c r="C157" t="s">
         <v>32</v>
       </c>
       <c r="D157" t="s">
         <v>893</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>498</v>
       </c>
       <c r="G157" t="s">
-        <v>79</v>
+        <v>894</v>
       </c>
       <c r="H157">
         <v>2014</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="K157" t="s">
         <v>35</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
         <v>857</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="P157" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B158" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C158" t="s">
         <v>32</v>
       </c>
       <c r="D158" t="s">
         <v>54</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>498</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
         <v>2014</v>
       </c>
       <c r="I158">
         <v>2024</v>
       </c>
       <c r="J158" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="K158" t="s">
         <v>35</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
         <v>857</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="P158" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="B159" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C159" t="s">
         <v>32</v>
       </c>
       <c r="D159" t="s">
         <v>568</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>498</v>
       </c>
       <c r="G159" t="s">
         <v>79</v>
       </c>
       <c r="H159">
         <v>2014</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
         <v>405</v>
       </c>
       <c r="K159" t="s">
         <v>35</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
         <v>857</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="P159" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B160" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C160" t="s">
         <v>32</v>
       </c>
       <c r="D160" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>498</v>
       </c>
       <c r="G160" t="s">
         <v>79</v>
       </c>
       <c r="H160">
         <v>2016</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
         <v>405</v>
       </c>
       <c r="K160" t="s">
         <v>35</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
         <v>857</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="P160" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B161" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C161" t="s">
         <v>32</v>
       </c>
       <c r="D161" t="s">
         <v>559</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>498</v>
       </c>
       <c r="G161" t="s">
         <v>79</v>
       </c>
       <c r="H161">
         <v>2016</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
         <v>405</v>
       </c>
       <c r="K161" t="s">
         <v>35</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
         <v>857</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="P161" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B162" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C162" t="s">
         <v>32</v>
       </c>
       <c r="D162" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>498</v>
       </c>
       <c r="G162" t="s">
         <v>79</v>
       </c>
       <c r="H162">
         <v>2016</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
         <v>405</v>
       </c>
       <c r="K162" t="s">
         <v>35</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
         <v>857</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="P162" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B163" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C163" t="s">
         <v>32</v>
       </c>
       <c r="D163" t="s">
         <v>412</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>498</v>
       </c>
       <c r="G163" t="s">
         <v>79</v>
       </c>
       <c r="H163">
         <v>2007</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
         <v>405</v>
       </c>
       <c r="K163" t="s">
         <v>35</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
         <v>857</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="P163" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B164" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C164" t="s">
         <v>18</v>
       </c>
       <c r="D164" t="s">
         <v>679</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="G164" t="s">
         <v>79</v>
       </c>
       <c r="H164">
         <v>2007</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="K164" t="s">
         <v>680</v>
       </c>
       <c r="L164" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="M164" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="N164" t="s">
         <v>682</v>
       </c>
       <c r="O164" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="P164" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="B165" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C165" t="s">
         <v>18</v>
       </c>
       <c r="D165" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="G165" t="s">
         <v>79</v>
       </c>
       <c r="H165">
         <v>2009</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="K165" t="s">
         <v>680</v>
       </c>
       <c r="L165" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="M165" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="N165" t="s">
         <v>682</v>
       </c>
       <c r="O165" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="P165" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="B166" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C166" t="s">
         <v>18</v>
       </c>
       <c r="D166" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2018</v>
       </c>
       <c r="I166">
         <v>2018</v>
       </c>
       <c r="J166" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="K166" t="s">
         <v>680</v>
       </c>
       <c r="L166" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="M166" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="N166" t="s">
         <v>682</v>
       </c>
       <c r="O166" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="P166" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B167" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C167" t="s">
         <v>18</v>
       </c>
       <c r="D167" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="G167" t="s">
         <v>79</v>
       </c>
       <c r="H167">
         <v>2014</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="K167" t="s">
         <v>680</v>
       </c>
       <c r="L167" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="M167" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="N167" t="s">
         <v>682</v>
       </c>
       <c r="O167" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="P167" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">