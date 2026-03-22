--- v0 (2025-12-01)
+++ v1 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="345">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="352">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -960,72 +960,98 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
     <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
   </si>
   <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
     <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...1 lines deleted...]
-  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
-  </si>
-[...1 lines deleted...]
-    <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
     <t>https://dti.gov.ph/resources/e-library</t>
   </si>
   <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
@@ -1428,51 +1454,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P50"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -3722,276 +3748,326 @@
       </c>
       <c r="P45" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>304</v>
       </c>
       <c r="B46" t="s">
         <v>305</v>
       </c>
       <c r="C46" t="s">
         <v>306</v>
       </c>
       <c r="D46" t="s">
         <v>307</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>308</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H46">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="I46">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J46" t="s">
         <v>309</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
         <v>310</v>
       </c>
       <c r="M46" t="s">
         <v>311</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>312</v>
       </c>
       <c r="P46" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>314</v>
       </c>
       <c r="B47" t="s">
         <v>315</v>
       </c>
       <c r="C47" t="s">
         <v>306</v>
       </c>
       <c r="D47" t="s">
-        <v>200</v>
+        <v>316</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>42</v>
+        <v>308</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2007</v>
       </c>
       <c r="I47">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J47" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="M47" t="s">
         <v>311</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="P47" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B48" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C48" t="s">
         <v>306</v>
       </c>
       <c r="D48" t="s">
-        <v>270</v>
+        <v>200</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>308</v>
+        <v>42</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I48">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="J48" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="M48" t="s">
         <v>311</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="P48" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B49" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C49" t="s">
-        <v>326</v>
+        <v>306</v>
       </c>
       <c r="D49" t="s">
-        <v>327</v>
+        <v>270</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
+        <v>308</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>1993</v>
+      </c>
+      <c r="I49">
+        <v>2007</v>
+      </c>
+      <c r="J49" t="s">
+        <v>317</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
         <v>328</v>
       </c>
-      <c r="G49" t="s">
-[...8 lines deleted...]
-      <c r="J49" t="s">
+      <c r="M49" t="s">
+        <v>311</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
         <v>329</v>
       </c>
-      <c r="K49" t="s">
-[...3 lines deleted...]
-      <c r="M49" t="s">
+      <c r="P49" t="s">
         <v>330</v>
-      </c>
-[...7 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>331</v>
+      </c>
+      <c r="B50" t="s">
+        <v>332</v>
+      </c>
+      <c r="C50" t="s">
+        <v>333</v>
+      </c>
+      <c r="D50" t="s">
         <v>334</v>
       </c>
-      <c r="B50" t="s">
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>335</v>
       </c>
-      <c r="C50" t="s">
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1982</v>
+      </c>
+      <c r="I50">
+        <v>2024</v>
+      </c>
+      <c r="J50" t="s">
+        <v>336</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>337</v>
+      </c>
+      <c r="N50" t="s">
+        <v>338</v>
+      </c>
+      <c r="O50" t="s">
+        <v>339</v>
+      </c>
+      <c r="P50" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>341</v>
+      </c>
+      <c r="B51" t="s">
+        <v>342</v>
+      </c>
+      <c r="C51" t="s">
         <v>18</v>
       </c>
-      <c r="D50" t="s">
-[...2 lines deleted...]
-      <c r="E50" t="s">
+      <c r="D51" t="s">
+        <v>343</v>
+      </c>
+      <c r="E51" t="s">
         <v>51</v>
       </c>
-      <c r="F50" t="s">
-[...5 lines deleted...]
-      <c r="H50">
+      <c r="F51" t="s">
+        <v>344</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2018</v>
       </c>
-      <c r="I50">
+      <c r="I51">
         <v>2018</v>
       </c>
-      <c r="J50" t="s">
-[...18 lines deleted...]
-        <v>344</v>
+      <c r="J51" t="s">
+        <v>345</v>
+      </c>
+      <c r="K51" t="s">
+        <v>346</v>
+      </c>
+      <c r="L51" t="s">
+        <v>347</v>
+      </c>
+      <c r="M51" t="s">
+        <v>348</v>
+      </c>
+      <c r="N51" t="s">
+        <v>349</v>
+      </c>
+      <c r="O51" t="s">
+        <v>350</v>
+      </c>
+      <c r="P51" t="s">
+        <v>351</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">