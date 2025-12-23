--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -1879,51 +1879,51 @@
       </c>
       <c r="P19" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>148</v>
       </c>
       <c r="B20" t="s">
         <v>149</v>
       </c>
       <c r="C20" t="s">
         <v>63</v>
       </c>
       <c r="D20" t="s">
         <v>150</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>151</v>
       </c>
       <c r="G20" t="s">
-        <v>55</v>
+        <v>8</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20">
         <v>2024</v>
       </c>
       <c r="J20" t="s">
         <v>152</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
         <v>153</v>
       </c>
       <c r="M20" t="s">
         <v>66</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>154</v>
       </c>