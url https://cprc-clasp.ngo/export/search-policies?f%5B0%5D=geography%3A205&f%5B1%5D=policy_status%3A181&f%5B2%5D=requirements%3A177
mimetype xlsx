--- v0 (2025-10-12)
+++ v1 (2026-01-26)
@@ -12,272 +12,324 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
+  </si>
+  <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -541,445 +593,496 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="162" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="521.301" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...11 lines deleted...]
-      <c r="H3">
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...15 lines deleted...]
-        <v>32</v>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...30 lines deleted...]
-        <v>39</v>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>56</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...46 lines deleted...]
-      <c r="C6" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
         <v>51</v>
       </c>
-      <c r="D6" t="s">
-[...8 lines deleted...]
-      <c r="G6">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7">
         <v>2022</v>
       </c>
-      <c r="H6"/>
-[...18 lines deleted...]
-      <c r="A7" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>54</v>
       </c>
-      <c r="B7" t="s">
-[...27 lines deleted...]
-      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="N7" t="s">
         <v>56</v>
       </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>1982</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2024</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="N8" t="s">
-        <v>60</v>
+        <v>56</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>