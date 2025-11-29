--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -12,167 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,195 +449,210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="82" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="597.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-        <v>20</v>
+      <c r="I2">
+        <v>2018</v>
       </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>