--- v0 (2025-10-12)
+++ v1 (2026-03-04)
@@ -12,311 +12,384 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -580,589 +653,658 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="626.276" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...116 lines deleted...]
-      <c r="G5">
+      <c r="H5">
         <v>2007</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>47</v>
       </c>
       <c r="L5" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="N5" t="s">
+        <v>57</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
         <v>49</v>
       </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
     </row>
-    <row r="6" spans="1:14">
-[...18 lines deleted...]
-      <c r="G6">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>49</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
         <v>2011</v>
       </c>
-      <c r="H6">
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>49</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>55</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>49</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>55</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>49</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
         <v>2016</v>
       </c>
-      <c r="I6" t="s">
-[...19 lines deleted...]
-      <c r="A7" t="s">
+      <c r="J11" t="s">
         <v>55</v>
       </c>
-      <c r="B7" t="s">
-[...199 lines deleted...]
-      </c>
       <c r="K11" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="L11" t="s">
-        <v>42</v>
+        <v>93</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="N11" t="s">
-        <v>73</v>
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>