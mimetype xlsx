--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,215 +12,247 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -484,327 +516,360 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="713.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...12 lines deleted...]
-        <v>25</v>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2001</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...18 lines deleted...]
-      <c r="G3">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
         <v>2001</v>
       </c>
-      <c r="H3">
-[...22 lines deleted...]
-      <c r="A4" t="s">
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
         <v>36</v>
-      </c>
-[...25 lines deleted...]
-        <v>32</v>
       </c>
       <c r="K4" t="s">
         <v>37</v>
       </c>
       <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>34</v>
       </c>
-      <c r="M4" t="s">
-[...7 lines deleted...]
-      <c r="A5" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1995</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
         <v>39</v>
       </c>
-      <c r="B5" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
-[...33 lines deleted...]
-        <v>41</v>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>