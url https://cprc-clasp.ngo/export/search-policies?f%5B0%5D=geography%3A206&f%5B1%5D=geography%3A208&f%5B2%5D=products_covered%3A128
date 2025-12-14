--- v0 (2025-10-10)
+++ v1 (2025-12-14)
@@ -12,254 +12,297 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -523,399 +566,444 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="188" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="188.668" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="409.186" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2011</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...197 lines deleted...]
-        <v>54</v>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>