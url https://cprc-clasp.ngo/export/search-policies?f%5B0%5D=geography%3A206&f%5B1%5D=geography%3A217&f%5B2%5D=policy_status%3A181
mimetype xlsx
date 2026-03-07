--- v0 (2025-11-27)
+++ v1 (2026-03-07)
@@ -191,53 +191,50 @@
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
-[...1 lines deleted...]
-  <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
@@ -326,66 +323,69 @@
   <si>
     <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
@@ -828,64 +828,64 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1092,663 +1092,663 @@
       <c r="K5" t="s">
         <v>45</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>47</v>
       </c>
       <c r="O5" t="s">
         <v>56</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>57</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2024</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K6" t="s">
         <v>45</v>
       </c>
       <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>47</v>
       </c>
       <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E7" t="s">
         <v>53</v>
       </c>
       <c r="F7" t="s">
         <v>54</v>
       </c>
       <c r="G7" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H7">
         <v>2017</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
         <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>45</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>47</v>
       </c>
       <c r="O7" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2018</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>45</v>
       </c>
       <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="N8" t="s">
         <v>47</v>
       </c>
       <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
         <v>80</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>81</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>44</v>
       </c>
       <c r="K9" t="s">
         <v>45</v>
       </c>
       <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="N9" t="s">
         <v>47</v>
       </c>
       <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
         <v>88</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E10" t="s">
         <v>53</v>
       </c>
       <c r="F10" t="s">
         <v>54</v>
       </c>
       <c r="G10" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H10">
         <v>2008</v>
       </c>
       <c r="I10">
         <v>2011</v>
       </c>
       <c r="J10" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K10" t="s">
         <v>45</v>
       </c>
       <c r="L10" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="M10" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N10" t="s">
         <v>47</v>
       </c>
       <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>93</v>
       </c>
       <c r="B11" t="s">
         <v>94</v>
       </c>
       <c r="C11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D11" t="s">
         <v>95</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H11">
         <v>2009</v>
       </c>
       <c r="I11">
         <v>2011</v>
       </c>
       <c r="J11" t="s">
         <v>44</v>
       </c>
       <c r="K11" t="s">
         <v>45</v>
       </c>
       <c r="L11" t="s">
         <v>96</v>
       </c>
       <c r="M11" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N11" t="s">
         <v>47</v>
       </c>
       <c r="O11" t="s">
         <v>97</v>
       </c>
       <c r="P11" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>99</v>
       </c>
       <c r="B12" t="s">
         <v>100</v>
       </c>
       <c r="C12" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D12" t="s">
         <v>95</v>
       </c>
       <c r="E12" t="s">
         <v>53</v>
       </c>
       <c r="F12" t="s">
         <v>54</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H12">
         <v>2007</v>
       </c>
       <c r="I12">
         <v>2011</v>
       </c>
       <c r="J12" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K12" t="s">
         <v>45</v>
       </c>
       <c r="L12" t="s">
         <v>101</v>
       </c>
       <c r="M12" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N12" t="s">
         <v>47</v>
       </c>
       <c r="O12" t="s">
         <v>102</v>
       </c>
       <c r="P12" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>104</v>
       </c>
       <c r="B13" t="s">
         <v>105</v>
       </c>
       <c r="C13" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D13" t="s">
         <v>106</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2007</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>44</v>
       </c>
       <c r="K13" t="s">
         <v>45</v>
       </c>
       <c r="L13" t="s">
         <v>107</v>
       </c>
       <c r="M13" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N13" t="s">
         <v>47</v>
       </c>
       <c r="O13" t="s">
         <v>108</v>
       </c>
       <c r="P13" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>110</v>
       </c>
       <c r="B14" t="s">
         <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
         <v>112</v>
       </c>
       <c r="E14" t="s">
         <v>53</v>
       </c>
       <c r="F14" t="s">
         <v>54</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2007</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K14" t="s">
         <v>45</v>
       </c>
       <c r="L14" t="s">
         <v>113</v>
       </c>
       <c r="M14" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N14" t="s">
         <v>47</v>
       </c>
       <c r="O14" t="s">
         <v>114</v>
       </c>
       <c r="P14" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>116</v>
       </c>
       <c r="B15" t="s">
         <v>117</v>
       </c>
       <c r="C15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
         <v>118</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2007</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>44</v>
       </c>
       <c r="K15" t="s">
         <v>45</v>
       </c>
       <c r="L15" t="s">
         <v>113</v>
       </c>
       <c r="M15" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N15" t="s">
         <v>47</v>
       </c>
       <c r="O15" t="s">
         <v>119</v>
       </c>
       <c r="P15" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>120</v>
       </c>
       <c r="B16" t="s">
         <v>121</v>
       </c>
       <c r="C16" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D16" t="s">
         <v>122</v>
       </c>
       <c r="E16" t="s">
         <v>53</v>
       </c>
       <c r="F16" t="s">
         <v>54</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K16" t="s">
         <v>45</v>
       </c>
       <c r="L16" t="s">
         <v>123</v>
       </c>
       <c r="M16" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N16" t="s">
         <v>47</v>
       </c>
       <c r="O16" t="s">
         <v>124</v>
       </c>
       <c r="P16" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>126</v>
       </c>
       <c r="B17" t="s">
         <v>127</v>
       </c>
       <c r="C17" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D17" t="s">
         <v>128</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>44</v>
       </c>
       <c r="K17" t="s">
         <v>45</v>
       </c>
       <c r="L17" t="s">
         <v>123</v>
       </c>
       <c r="M17" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N17" t="s">
         <v>47</v>
       </c>
       <c r="O17" t="s">
         <v>129</v>
       </c>
       <c r="P17" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>130</v>
       </c>
       <c r="B18" t="s">
         <v>131</v>
       </c>
       <c r="C18" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
         <v>106</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H18">
         <v>2014</v>
       </c>
       <c r="I18">
         <v>2018</v>
       </c>
       <c r="J18" t="s">
         <v>44</v>
       </c>
       <c r="K18" t="s">
         <v>45</v>
       </c>
       <c r="L18" t="s">
         <v>132</v>
       </c>
       <c r="M18" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N18" t="s">
         <v>47</v>
       </c>
       <c r="O18" t="s">
         <v>133</v>
       </c>
       <c r="P18" t="s">
         <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>