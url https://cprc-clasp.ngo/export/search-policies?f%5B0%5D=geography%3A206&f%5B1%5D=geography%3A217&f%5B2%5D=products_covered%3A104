--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -125,84 +125,105 @@
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -509,64 +530,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P5"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="135.538" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="248.796" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -683,140 +704,184 @@
       <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>36</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B4"/>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>38</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>39</v>
       </c>
-      <c r="D4" t="s">
+      <c r="G4" t="s">
         <v>40</v>
       </c>
-      <c r="E4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H4">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
         <v>46</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2009</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>45</v>
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">