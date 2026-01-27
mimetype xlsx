--- v0 (2025-11-09)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -392,66 +392,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
@@ -1042,51 +1045,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="504.877" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2132,813 +2135,813 @@
       <c r="H23">
         <v>2008</v>
       </c>
       <c r="I23">
         <v>2011</v>
       </c>
       <c r="J23" t="s">
         <v>129</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>130</v>
       </c>
       <c r="M23" t="s">
         <v>124</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
         <v>131</v>
       </c>
       <c r="P23" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C24" t="s">
         <v>121</v>
       </c>
       <c r="D24" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>32</v>
       </c>
       <c r="H24">
         <v>2009</v>
       </c>
       <c r="I24">
         <v>2011</v>
       </c>
       <c r="J24" t="s">
         <v>122</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M24" t="s">
         <v>124</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C25" t="s">
         <v>121</v>
       </c>
       <c r="D25" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E25" t="s">
         <v>38</v>
       </c>
       <c r="F25" t="s">
         <v>39</v>
       </c>
       <c r="G25" t="s">
         <v>32</v>
       </c>
       <c r="H25">
         <v>2007</v>
       </c>
       <c r="I25">
         <v>2011</v>
       </c>
       <c r="J25" t="s">
         <v>129</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M25" t="s">
         <v>124</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B26" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C26" t="s">
         <v>121</v>
       </c>
       <c r="D26" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>68</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2007</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>122</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M26" t="s">
         <v>124</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P26" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B27" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C27" t="s">
         <v>121</v>
       </c>
       <c r="D27" t="s">
         <v>37</v>
       </c>
       <c r="E27" t="s">
         <v>38</v>
       </c>
       <c r="F27" t="s">
         <v>39</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>129</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M27" t="s">
         <v>124</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P27" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C28" t="s">
         <v>121</v>
       </c>
       <c r="D28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2007</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>122</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M28" t="s">
         <v>124</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P28" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C29" t="s">
         <v>121</v>
       </c>
       <c r="D29" t="s">
         <v>67</v>
       </c>
       <c r="E29" t="s">
         <v>38</v>
       </c>
       <c r="F29" t="s">
         <v>39</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2009</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>129</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M29" t="s">
         <v>124</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P29" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C30" t="s">
         <v>121</v>
       </c>
       <c r="D30" t="s">
         <v>73</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2009</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>122</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M30" t="s">
         <v>124</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C31" t="s">
         <v>121</v>
       </c>
       <c r="D31" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>32</v>
       </c>
       <c r="H31">
         <v>2014</v>
       </c>
       <c r="I31">
         <v>2018</v>
       </c>
       <c r="J31" t="s">
         <v>122</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M31" t="s">
         <v>124</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C32" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D32" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E32" t="s">
         <v>38</v>
       </c>
       <c r="F32" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2019</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K32" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="O32" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P32" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B33" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D33" t="s">
         <v>73</v>
       </c>
       <c r="E33" t="s">
         <v>38</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2011</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P33" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B34" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D34" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P34" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B35" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C35" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D35" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2011</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B36" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C36" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D36" t="s">
         <v>48</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>68</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B37" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C37" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D37" t="s">
         <v>31</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N37" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="O37" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P37" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C38" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D38" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K38" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="L38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M38" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N38" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="O38" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P38" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B39" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C39" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D39" t="s">
         <v>57</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>68</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M39" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="O39" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P39" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">