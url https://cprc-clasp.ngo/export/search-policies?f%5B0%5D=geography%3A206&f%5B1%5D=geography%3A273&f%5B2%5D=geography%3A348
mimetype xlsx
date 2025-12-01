--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -12,516 +12,686 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -785,1289 +955,1460 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>21</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>24</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6">
+        <v>2024</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>23</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>24</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>64</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>24</v>
+      </c>
+      <c r="N7" t="s">
+        <v>65</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="E8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="F8" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>23</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>24</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G9" t="s">
+        <v>76</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>56</v>
+      </c>
+      <c r="K9" t="s">
+        <v>23</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>24</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" t="s">
+        <v>76</v>
+      </c>
+      <c r="H10">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>56</v>
+      </c>
+      <c r="K10" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>24</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" t="s">
+        <v>21</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>56</v>
+      </c>
+      <c r="K11" t="s">
+        <v>23</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>24</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F12" t="s">
+        <v>47</v>
+      </c>
+      <c r="G12" t="s">
+        <v>95</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>48</v>
+      </c>
+      <c r="K12" t="s">
+        <v>23</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>24</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>46</v>
+      </c>
+      <c r="F13" t="s">
+        <v>102</v>
+      </c>
+      <c r="G13" t="s">
+        <v>21</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K13" t="s">
+        <v>23</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>24</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>30</v>
+      </c>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" t="s">
+        <v>19</v>
+      </c>
+      <c r="F14" t="s">
+        <v>108</v>
+      </c>
+      <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14">
+        <v>2005</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>109</v>
+      </c>
+      <c r="K14" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>40</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>30</v>
+      </c>
+      <c r="D15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E15" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" t="s">
+        <v>108</v>
+      </c>
+      <c r="G15" t="s">
+        <v>21</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>32</v>
+      </c>
+      <c r="K15" t="s">
+        <v>23</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>40</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" t="s">
+        <v>120</v>
+      </c>
+      <c r="E16" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" t="s">
+        <v>55</v>
+      </c>
+      <c r="G16" t="s">
+        <v>21</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="K16" t="s">
+        <v>23</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>40</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>30</v>
+      </c>
+      <c r="D17" t="s">
+        <v>88</v>
+      </c>
+      <c r="E17" t="s">
+        <v>19</v>
+      </c>
+      <c r="F17" t="s">
+        <v>55</v>
+      </c>
+      <c r="G17" t="s">
+        <v>21</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>32</v>
+      </c>
+      <c r="K17" t="s">
+        <v>23</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>40</v>
+      </c>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F18" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="G18" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>132</v>
+      </c>
+      <c r="K18" t="s">
+        <v>133</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>24</v>
+      </c>
+      <c r="N18" t="s">
+        <v>134</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>21</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>132</v>
+      </c>
+      <c r="K19" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>139</v>
+      </c>
+      <c r="D20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E20" t="s">
+        <v>46</v>
+      </c>
+      <c r="F20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G20" t="s">
+        <v>76</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>146</v>
+      </c>
+      <c r="K20" t="s">
+        <v>23</v>
+      </c>
+      <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
+        <v>141</v>
+      </c>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>139</v>
+      </c>
+      <c r="D21" t="s">
+        <v>151</v>
+      </c>
+      <c r="E21" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>76</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
+        <v>2011</v>
+      </c>
+      <c r="J21" t="s">
+        <v>132</v>
+      </c>
+      <c r="K21" t="s">
+        <v>23</v>
+      </c>
+      <c r="L21" t="s">
+        <v>152</v>
+      </c>
+      <c r="M21" t="s">
+        <v>141</v>
+      </c>
+      <c r="N21" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>139</v>
+      </c>
+      <c r="D22" t="s">
+        <v>151</v>
+      </c>
+      <c r="E22" t="s">
+        <v>46</v>
+      </c>
+      <c r="F22" t="s">
+        <v>108</v>
+      </c>
+      <c r="G22" t="s">
+        <v>76</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22">
+        <v>2011</v>
+      </c>
+      <c r="J22" t="s">
+        <v>146</v>
+      </c>
+      <c r="K22" t="s">
+        <v>23</v>
+      </c>
+      <c r="L22" t="s">
+        <v>157</v>
+      </c>
+      <c r="M22" t="s">
+        <v>141</v>
+      </c>
+      <c r="N22" t="s">
+        <v>25</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>139</v>
+      </c>
+      <c r="D23" t="s">
+        <v>162</v>
+      </c>
+      <c r="E23" t="s">
+        <v>19</v>
+      </c>
+      <c r="F23" t="s">
+        <v>55</v>
+      </c>
+      <c r="G23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H23">
+        <v>2007</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>132</v>
+      </c>
+      <c r="K23" t="s">
+        <v>23</v>
+      </c>
+      <c r="L23" t="s">
+        <v>163</v>
+      </c>
+      <c r="M23" t="s">
+        <v>141</v>
+      </c>
+      <c r="N23" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" t="s">
+        <v>164</v>
+      </c>
+      <c r="P23" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>166</v>
+      </c>
+      <c r="B24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C24" t="s">
+        <v>139</v>
+      </c>
+      <c r="D24" t="s">
+        <v>31</v>
+      </c>
+      <c r="E24" t="s">
+        <v>46</v>
+      </c>
+      <c r="F24" t="s">
+        <v>108</v>
+      </c>
+      <c r="G24" t="s">
+        <v>21</v>
+      </c>
+      <c r="H24">
+        <v>2007</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>146</v>
+      </c>
+      <c r="K24" t="s">
+        <v>23</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>141</v>
+      </c>
+      <c r="N24" t="s">
+        <v>25</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>139</v>
+      </c>
+      <c r="D25" t="s">
+        <v>120</v>
+      </c>
+      <c r="E25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>21</v>
+      </c>
+      <c r="H25">
+        <v>2007</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>132</v>
+      </c>
+      <c r="K25" t="s">
+        <v>23</v>
+      </c>
+      <c r="L25" t="s">
+        <v>168</v>
+      </c>
+      <c r="M25" t="s">
+        <v>141</v>
+      </c>
+      <c r="N25" t="s">
+        <v>25</v>
+      </c>
+      <c r="O25" t="s">
+        <v>173</v>
+      </c>
+      <c r="P25" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>174</v>
+      </c>
+      <c r="B26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C26" t="s">
+        <v>139</v>
+      </c>
+      <c r="D26" t="s">
+        <v>176</v>
+      </c>
+      <c r="E26" t="s">
+        <v>46</v>
+      </c>
+      <c r="F26" t="s">
+        <v>108</v>
+      </c>
+      <c r="G26" t="s">
+        <v>21</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>146</v>
+      </c>
+      <c r="K26" t="s">
+        <v>23</v>
+      </c>
+      <c r="L26" t="s">
+        <v>177</v>
+      </c>
+      <c r="M26" t="s">
+        <v>141</v>
+      </c>
+      <c r="N26" t="s">
+        <v>25</v>
+      </c>
+      <c r="O26" t="s">
+        <v>178</v>
+      </c>
+      <c r="P26" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>180</v>
+      </c>
+      <c r="B27" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" t="s">
+        <v>139</v>
+      </c>
+      <c r="D27" t="s">
+        <v>88</v>
+      </c>
+      <c r="E27" t="s">
+        <v>19</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>21</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>132</v>
+      </c>
+      <c r="K27" t="s">
+        <v>23</v>
+      </c>
+      <c r="L27" t="s">
+        <v>177</v>
+      </c>
+      <c r="M27" t="s">
+        <v>141</v>
+      </c>
+      <c r="N27" t="s">
+        <v>25</v>
+      </c>
+      <c r="O27" t="s">
+        <v>182</v>
+      </c>
+      <c r="P27" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>183</v>
+      </c>
+      <c r="B28" t="s">
+        <v>184</v>
+      </c>
+      <c r="C28" t="s">
+        <v>139</v>
+      </c>
+      <c r="D28" t="s">
+        <v>162</v>
+      </c>
+      <c r="E28" t="s">
+        <v>19</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>76</v>
+      </c>
+      <c r="H28">
         <v>2014</v>
       </c>
-      <c r="H3"/>
-[...8 lines deleted...]
-      <c r="M3" t="s">
+      <c r="I28">
+        <v>2018</v>
+      </c>
+      <c r="J28" t="s">
+        <v>132</v>
+      </c>
+      <c r="K28" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...1052 lines deleted...]
-      </c>
       <c r="L28" t="s">
-        <v>104</v>
+        <v>185</v>
       </c>
       <c r="M28" t="s">
-        <v>23</v>
+        <v>141</v>
       </c>
       <c r="N28" t="s">
-        <v>134</v>
+        <v>25</v>
+      </c>
+      <c r="O28" t="s">
+        <v>186</v>
+      </c>
+      <c r="P28" t="s">
+        <v>187</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>