--- v1 (2025-12-01)
+++ v2 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -472,66 +472,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
     <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
@@ -978,51 +981,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1938,441 +1941,441 @@
       <c r="H20">
         <v>2008</v>
       </c>
       <c r="I20">
         <v>2011</v>
       </c>
       <c r="J20" t="s">
         <v>146</v>
       </c>
       <c r="K20" t="s">
         <v>23</v>
       </c>
       <c r="L20" t="s">
         <v>147</v>
       </c>
       <c r="M20" t="s">
         <v>141</v>
       </c>
       <c r="N20" t="s">
         <v>25</v>
       </c>
       <c r="O20" t="s">
         <v>148</v>
       </c>
       <c r="P20" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C21" t="s">
         <v>139</v>
       </c>
       <c r="D21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E21" t="s">
         <v>19</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
         <v>76</v>
       </c>
       <c r="H21">
         <v>2009</v>
       </c>
       <c r="I21">
         <v>2011</v>
       </c>
       <c r="J21" t="s">
         <v>132</v>
       </c>
       <c r="K21" t="s">
         <v>23</v>
       </c>
       <c r="L21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M21" t="s">
         <v>141</v>
       </c>
       <c r="N21" t="s">
         <v>25</v>
       </c>
       <c r="O21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C22" t="s">
         <v>139</v>
       </c>
       <c r="D22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>108</v>
       </c>
       <c r="G22" t="s">
         <v>76</v>
       </c>
       <c r="H22">
         <v>2007</v>
       </c>
       <c r="I22">
         <v>2011</v>
       </c>
       <c r="J22" t="s">
         <v>146</v>
       </c>
       <c r="K22" t="s">
         <v>23</v>
       </c>
       <c r="L22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M22" t="s">
         <v>141</v>
       </c>
       <c r="N22" t="s">
         <v>25</v>
       </c>
       <c r="O22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C23" t="s">
         <v>139</v>
       </c>
       <c r="D23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E23" t="s">
         <v>19</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>21</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>132</v>
       </c>
       <c r="K23" t="s">
         <v>23</v>
       </c>
       <c r="L23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M23" t="s">
         <v>141</v>
       </c>
       <c r="N23" t="s">
         <v>25</v>
       </c>
       <c r="O23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C24" t="s">
         <v>139</v>
       </c>
       <c r="D24" t="s">
         <v>31</v>
       </c>
       <c r="E24" t="s">
         <v>46</v>
       </c>
       <c r="F24" t="s">
         <v>108</v>
       </c>
       <c r="G24" t="s">
         <v>21</v>
       </c>
       <c r="H24">
         <v>2007</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>146</v>
       </c>
       <c r="K24" t="s">
         <v>23</v>
       </c>
       <c r="L24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M24" t="s">
         <v>141</v>
       </c>
       <c r="N24" t="s">
         <v>25</v>
       </c>
       <c r="O24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C25" t="s">
         <v>139</v>
       </c>
       <c r="D25" t="s">
         <v>120</v>
       </c>
       <c r="E25" t="s">
         <v>19</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
         <v>21</v>
       </c>
       <c r="H25">
         <v>2007</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>132</v>
       </c>
       <c r="K25" t="s">
         <v>23</v>
       </c>
       <c r="L25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M25" t="s">
         <v>141</v>
       </c>
       <c r="N25" t="s">
         <v>25</v>
       </c>
       <c r="O25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C26" t="s">
         <v>139</v>
       </c>
       <c r="D26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E26" t="s">
         <v>46</v>
       </c>
       <c r="F26" t="s">
         <v>108</v>
       </c>
       <c r="G26" t="s">
         <v>21</v>
       </c>
       <c r="H26">
         <v>2009</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>146</v>
       </c>
       <c r="K26" t="s">
         <v>23</v>
       </c>
       <c r="L26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M26" t="s">
         <v>141</v>
       </c>
       <c r="N26" t="s">
         <v>25</v>
       </c>
       <c r="O26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C27" t="s">
         <v>139</v>
       </c>
       <c r="D27" t="s">
         <v>88</v>
       </c>
       <c r="E27" t="s">
         <v>19</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
         <v>21</v>
       </c>
       <c r="H27">
         <v>2009</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>132</v>
       </c>
       <c r="K27" t="s">
         <v>23</v>
       </c>
       <c r="L27" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M27" t="s">
         <v>141</v>
       </c>
       <c r="N27" t="s">
         <v>25</v>
       </c>
       <c r="O27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B28" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C28" t="s">
         <v>139</v>
       </c>
       <c r="D28" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E28" t="s">
         <v>19</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
         <v>76</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28">
         <v>2018</v>
       </c>
       <c r="J28" t="s">
         <v>132</v>
       </c>
       <c r="K28" t="s">
         <v>23</v>
       </c>
       <c r="L28" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M28" t="s">
         <v>141</v>
       </c>
       <c r="N28" t="s">
         <v>25</v>
       </c>
       <c r="O28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">