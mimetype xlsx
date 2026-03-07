--- v0 (2025-11-27)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="789">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="788">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2193,120 +2193,117 @@
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
+  </si>
+  <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
+    <t>Water, Water Heating</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017, GB 26969</t>
+  </si>
+  <si>
+    <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
+  </si>
+  <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
+    <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
     <t>New</t>
-  </si>
-[...58 lines deleted...]
-    <t>Air Compressors</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
@@ -2759,51 +2756,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -8975,520 +8972,522 @@
       </c>
       <c r="L126" t="s">
         <v>715</v>
       </c>
       <c r="M126" t="s">
         <v>705</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
         <v>716</v>
       </c>
       <c r="P126" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
         <v>718</v>
       </c>
       <c r="B127" t="s">
         <v>719</v>
       </c>
       <c r="C127" t="s">
+        <v>18</v>
+      </c>
+      <c r="D127" t="s">
         <v>720</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
         <v>721</v>
       </c>
-      <c r="E127" t="s">
-[...2 lines deleted...]
-      <c r="F127" t="s">
+      <c r="G127" t="s">
+        <v>8</v>
+      </c>
+      <c r="H127">
+        <v>2008</v>
+      </c>
+      <c r="I127">
+        <v>2024</v>
+      </c>
+      <c r="J127" t="s">
         <v>722</v>
-      </c>
-[...8 lines deleted...]
-        <v>724</v>
       </c>
       <c r="K127" t="s">
         <v>38</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="N127" t="s">
         <v>665</v>
       </c>
       <c r="O127" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="P127" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
+        <v>726</v>
+      </c>
+      <c r="B128" t="s">
+        <v>727</v>
+      </c>
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
         <v>728</v>
-      </c>
-[...7 lines deleted...]
-        <v>730</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
         <v>45</v>
       </c>
       <c r="H128">
         <v>2018</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
         <v>33</v>
       </c>
       <c r="K128" t="s">
         <v>255</v>
       </c>
       <c r="L128" t="s">
+        <v>729</v>
+      </c>
+      <c r="M128" t="s">
+        <v>730</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
         <v>731</v>
       </c>
-      <c r="M128" t="s">
+      <c r="P128" t="s">
         <v>732</v>
-      </c>
-[...7 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
+        <v>733</v>
+      </c>
+      <c r="B129" t="s">
+        <v>734</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
         <v>735</v>
-      </c>
-[...7 lines deleted...]
-        <v>737</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>45</v>
       </c>
       <c r="H129">
         <v>2021</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
         <v>33</v>
       </c>
       <c r="K129" t="s">
         <v>38</v>
       </c>
       <c r="L129" t="s">
+        <v>736</v>
+      </c>
+      <c r="M129" t="s">
+        <v>730</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>737</v>
+      </c>
+      <c r="P129" t="s">
         <v>738</v>
-      </c>
-[...10 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
+        <v>739</v>
+      </c>
+      <c r="B130" t="s">
+        <v>740</v>
+      </c>
+      <c r="C130" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" t="s">
         <v>741</v>
-      </c>
-[...7 lines deleted...]
-        <v>743</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>697</v>
       </c>
       <c r="G130" t="s">
-        <v>723</v>
+        <v>742</v>
       </c>
       <c r="H130">
         <v>2025</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
+        <v>743</v>
+      </c>
+      <c r="K130" t="s">
+        <v>38</v>
+      </c>
+      <c r="L130" t="s">
         <v>744</v>
       </c>
-      <c r="K130" t="s">
-[...2 lines deleted...]
-      <c r="L130" t="s">
+      <c r="M130" t="s">
         <v>745</v>
       </c>
-      <c r="M130" t="s">
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
         <v>746</v>
       </c>
-      <c r="N130" t="s">
-[...2 lines deleted...]
-      <c r="O130" t="s">
+      <c r="P130" t="s">
         <v>747</v>
-      </c>
-[...1 lines deleted...]
-        <v>748</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
+        <v>748</v>
+      </c>
+      <c r="B131" t="s">
         <v>749</v>
       </c>
-      <c r="B131" t="s">
+      <c r="C131" t="s">
+        <v>18</v>
+      </c>
+      <c r="D131" t="s">
         <v>750</v>
       </c>
-      <c r="C131" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="G131" t="s">
         <v>45</v>
       </c>
       <c r="H131">
         <v>2022</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="K131" t="s">
         <v>255</v>
       </c>
       <c r="L131" t="s">
+        <v>752</v>
+      </c>
+      <c r="M131" t="s">
         <v>753</v>
       </c>
-      <c r="M131" t="s">
+      <c r="N131" t="s">
         <v>754</v>
       </c>
-      <c r="N131" t="s">
+      <c r="O131" t="s">
         <v>755</v>
       </c>
-      <c r="O131" t="s">
+      <c r="P131" t="s">
         <v>756</v>
-      </c>
-[...1 lines deleted...]
-        <v>757</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
+        <v>757</v>
+      </c>
+      <c r="B132" t="s">
         <v>758</v>
       </c>
-      <c r="B132" t="s">
+      <c r="C132" t="s">
         <v>759</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>760</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
         <v>761</v>
-      </c>
-[...4 lines deleted...]
-        <v>762</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2008</v>
       </c>
       <c r="I132">
         <v>2011</v>
       </c>
       <c r="J132" t="s">
         <v>33</v>
       </c>
       <c r="K132" t="s">
         <v>38</v>
       </c>
       <c r="L132" t="s">
+        <v>762</v>
+      </c>
+      <c r="M132" t="s">
         <v>763</v>
       </c>
-      <c r="M132" t="s">
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
         <v>764</v>
       </c>
-      <c r="N132" t="s">
-[...2 lines deleted...]
-      <c r="O132" t="s">
+      <c r="P132" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
+        <v>766</v>
+      </c>
+      <c r="B133" t="s">
         <v>767</v>
       </c>
-      <c r="B133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="D133" t="s">
         <v>146</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2007</v>
       </c>
       <c r="I133">
         <v>2011</v>
       </c>
       <c r="J133" t="s">
         <v>33</v>
       </c>
       <c r="K133" t="s">
         <v>38</v>
       </c>
       <c r="L133" t="s">
+        <v>768</v>
+      </c>
+      <c r="M133" t="s">
+        <v>763</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
         <v>769</v>
       </c>
-      <c r="M133" t="s">
-[...5 lines deleted...]
-      <c r="O133" t="s">
+      <c r="P133" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
+        <v>771</v>
+      </c>
+      <c r="B134" t="s">
         <v>772</v>
       </c>
-      <c r="B134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="D134" t="s">
         <v>437</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="G134" t="s">
         <v>45</v>
       </c>
       <c r="H134">
         <v>2007</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
         <v>33</v>
       </c>
       <c r="K134" t="s">
         <v>38</v>
       </c>
       <c r="L134" t="s">
+        <v>773</v>
+      </c>
+      <c r="M134" t="s">
+        <v>763</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
         <v>774</v>
       </c>
-      <c r="M134" t="s">
-[...5 lines deleted...]
-      <c r="O134" t="s">
+      <c r="P134" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>776</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
+        <v>776</v>
+      </c>
+      <c r="B135" t="s">
         <v>777</v>
       </c>
-      <c r="B135" t="s">
+      <c r="C135" t="s">
+        <v>759</v>
+      </c>
+      <c r="D135" t="s">
         <v>778</v>
       </c>
-      <c r="C135" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="G135" t="s">
         <v>45</v>
       </c>
       <c r="H135">
         <v>2009</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
         <v>33</v>
       </c>
       <c r="K135" t="s">
         <v>38</v>
       </c>
       <c r="L135" t="s">
+        <v>779</v>
+      </c>
+      <c r="M135" t="s">
+        <v>763</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
         <v>780</v>
       </c>
-      <c r="M135" t="s">
-[...5 lines deleted...]
-      <c r="O135" t="s">
+      <c r="P135" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
+        <v>782</v>
+      </c>
+      <c r="B136" t="s">
         <v>783</v>
       </c>
-      <c r="B136" t="s">
+      <c r="C136" t="s">
+        <v>18</v>
+      </c>
+      <c r="D136" t="s">
         <v>784</v>
-      </c>
-[...4 lines deleted...]
-        <v>785</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>45</v>
       </c>
       <c r="H136">
         <v>2017</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="K136" t="s">
         <v>553</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
         <v>26</v>
       </c>
       <c r="N136" t="s">
         <v>555</v>
       </c>
       <c r="O136" t="s">
+        <v>786</v>
+      </c>
+      <c r="P136" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">