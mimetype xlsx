--- v0 (2025-11-07)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -121,50 +121,53 @@
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
@@ -632,219 +635,217 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H4">
         <v>2009</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H5">
         <v>2009</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">