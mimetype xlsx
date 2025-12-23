--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -144,51 +144,51 @@
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
 -Rated power between 5 W and 110 W inclusive;
 -Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
 -Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
@@ -563,51 +563,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="441.035" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">