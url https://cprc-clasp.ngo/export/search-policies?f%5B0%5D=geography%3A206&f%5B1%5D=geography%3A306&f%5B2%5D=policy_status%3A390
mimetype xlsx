--- v0 (2025-11-28)
+++ v1 (2026-01-24)
@@ -134,51 +134,51 @@
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
 -Rated power between 5 W and 110 W inclusive;
@@ -592,51 +592,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="849.221" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">