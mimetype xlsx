--- v0 (2025-10-10)
+++ v1 (2025-12-14)
@@ -12,185 +12,204 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -454,239 +473,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="264.078" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="258.223" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2007</v>
+      </c>
+      <c r="I3">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...5 lines deleted...]
-      <c r="D3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...27 lines deleted...]
-        <v>31</v>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>